--- v0 (2025-10-31)
+++ v1 (2025-12-16)
@@ -1,64 +1,64 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="emf" ContentType="image/x-emf"/>
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="5FD6E753" w14:textId="77777777" w:rsidR="00681423" w:rsidRPr="00CD3BD5" w:rsidRDefault="00000000">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
         <w:pict w14:anchorId="55F99491">
-          <v:roundrect id="Yuvarlatılmış Dikdörtgen 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:-28.1pt;margin-top:-8.6pt;width:519pt;height:282.75pt;z-index:-251658240;visibility:visible" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBW//R59QIAAOwFAAAOAAAAZHJzL2Uyb0RvYy54bWysVN1u0zAUvkfiHSzfd2m6NF2jpdPUtBPS&#10;gInBBZdu7CRmjh1st+lAPAvPsBtegPFeHDtpaZmQECIXkY/t8/n7zt/5xbYWaMO04UqmODwZYsRk&#10;riiXZYrfvV0OzjAylkhKhJIsxffM4IvZ82fnbZOwkaqUoEwjAJEmaZsUV9Y2SRCYvGI1MSeqYRIO&#10;C6VrYsHUZUA1aQG9FsFoOIyDVmnaaJUzY2A36w7xzOMXBcvt66IwzCKRYuBm/V/7/8r9g9k5SUpN&#10;mornPQ3yDyxqwiU8uofKiCVorfkTqJrnWhlV2JNc1YEqCp4zrwHUhMPf1NxWpGFeCwTHNPswmf8H&#10;m7/a3GjEKeQOI0lqSNH79YZoQezjg6gfH358RRm/o9+/aVsyiUIXsbYxCTjeNjfaaTbNtcrvDJJq&#10;XhFZskutVVsxQoGnvx8cOTjDgCtatS8VhQfJ2iofvG2hawcIYUFbn6P7fY7Y1qIcNuPxNDwdQipz&#10;ODsdT4fT0dhxCkiyc2+0sVdM1cgtUqzVWtI3UAn+DbK5NtZnivZ6Cf2AUVELyPuGCBTGcTzpEfvL&#10;gL3DdJ5SLbkQvnKERG2Kp2Pg4COhBKfu0Bu6XM2FRgAKKvzXw5rDa56eB3MhW0jq15Zw0a3hcSEd&#10;HvPl3LN3fG4r2vYaDSzDCUaUO8XhZBpDOimHQh9Nupf/xMjtl6SuiX/WVISyjnHs/BxhknC5ueqv&#10;ABvT6fIh39HwxhFByFdP1WXOt8JnSNbibHEWDaJRvBhEwywbXC7n0SBehpNxdprN51n4xQUyjJKK&#10;U8qki+WuLcPo78q+HxBdQ+0b8yjmvYRO6NJ/T1MTHNPoJG6hdiAGO3W+sl0xd01ht6stRMxV+ErR&#10;e6hxrSAfUK0wImFRKf0JoxbGTYrNxzXRDCPxQkKfTMMocvPJG9F4MgJDH56sDk+IzAEqxRajbjm3&#10;3UxbN5qXlSsBX49SXUJvFdwCKU+1Y9UbMFK8mH78uZl1aPtbv4b07CcAAAD//wMAUEsDBBQABgAI&#10;AAAAIQDq78dA4QAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcWidt04YQ&#10;pwJE4YKQKHzANl6SKLEdxU4a+HqWE9xmtE+zM/l+Np2YaPCNswriZQSCbOl0YysFH++HRQrCB7Qa&#10;O2dJwRd52BeXFzlm2p3tG03HUAkOsT5DBXUIfSalL2sy6JeuJ8u3TzcYDGyHSuoBzxxuOrmKoq00&#10;2Fj+UGNPDzWV7XE0CtoWvx+Tp/uNHg/T63r7XE67/kWp66v57hZEoDn8wfBbn6tDwZ1ObrTai07B&#10;ItmuGGUR71gwcZPGPOakINmka5BFLv9vKH4AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;Vv/0efUCAADsBQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEA6u/HQOEAAAALAQAADwAAAAAAAAAAAAAAAABPBQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAF0GAAAAAA==&#10;" filled="f">
+          <v:roundrect id="Yuvarlatılmış Dikdörtgen 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:-28.1pt;margin-top:-16.1pt;width:522pt;height:271.5pt;z-index:-251658240;visibility:visible" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBW//R59QIAAOwFAAAOAAAAZHJzL2Uyb0RvYy54bWysVN1u0zAUvkfiHSzfd2m6NF2jpdPUtBPS&#10;gInBBZdu7CRmjh1st+lAPAvPsBtegPFeHDtpaZmQECIXkY/t8/n7zt/5xbYWaMO04UqmODwZYsRk&#10;riiXZYrfvV0OzjAylkhKhJIsxffM4IvZ82fnbZOwkaqUoEwjAJEmaZsUV9Y2SRCYvGI1MSeqYRIO&#10;C6VrYsHUZUA1aQG9FsFoOIyDVmnaaJUzY2A36w7xzOMXBcvt66IwzCKRYuBm/V/7/8r9g9k5SUpN&#10;mornPQ3yDyxqwiU8uofKiCVorfkTqJrnWhlV2JNc1YEqCp4zrwHUhMPf1NxWpGFeCwTHNPswmf8H&#10;m7/a3GjEKeQOI0lqSNH79YZoQezjg6gfH358RRm/o9+/aVsyiUIXsbYxCTjeNjfaaTbNtcrvDJJq&#10;XhFZskutVVsxQoGnvx8cOTjDgCtatS8VhQfJ2iofvG2hawcIYUFbn6P7fY7Y1qIcNuPxNDwdQipz&#10;ODsdT4fT0dhxCkiyc2+0sVdM1cgtUqzVWtI3UAn+DbK5NtZnivZ6Cf2AUVELyPuGCBTGcTzpEfvL&#10;gL3DdJ5SLbkQvnKERG2Kp2Pg4COhBKfu0Bu6XM2FRgAKKvzXw5rDa56eB3MhW0jq15Zw0a3hcSEd&#10;HvPl3LN3fG4r2vYaDSzDCUaUO8XhZBpDOimHQh9Nupf/xMjtl6SuiX/WVISyjnHs/BxhknC5ueqv&#10;ABvT6fIh39HwxhFByFdP1WXOt8JnSNbibHEWDaJRvBhEwywbXC7n0SBehpNxdprN51n4xQUyjJKK&#10;U8qki+WuLcPo78q+HxBdQ+0b8yjmvYRO6NJ/T1MTHNPoJG6hdiAGO3W+sl0xd01ht6stRMxV+ErR&#10;e6hxrSAfUK0wImFRKf0JoxbGTYrNxzXRDCPxQkKfTMMocvPJG9F4MgJDH56sDk+IzAEqxRajbjm3&#10;3UxbN5qXlSsBX49SXUJvFdwCKU+1Y9UbMFK8mH78uZl1aPtbv4b07CcAAAD//wMAUEsDBBQABgAI&#10;AAAAIQDq78dA4QAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcWidt04YQ&#10;pwJE4YKQKHzANl6SKLEdxU4a+HqWE9xmtE+zM/l+Np2YaPCNswriZQSCbOl0YysFH++HRQrCB7Qa&#10;O2dJwRd52BeXFzlm2p3tG03HUAkOsT5DBXUIfSalL2sy6JeuJ8u3TzcYDGyHSuoBzxxuOrmKoq00&#10;2Fj+UGNPDzWV7XE0CtoWvx+Tp/uNHg/T63r7XE67/kWp66v57hZEoDn8wfBbn6tDwZ1ObrTai07B&#10;ItmuGGUR71gwcZPGPOakINmka5BFLv9vKH4AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;Vv/0efUCAADsBQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEA6u/HQOEAAAALAQAADwAAAAAAAAAAAAAAAABPBQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAF0GAAAAAA==&#10;" filled="f">
             <v:imagedata embosscolor="shadow add(51)"/>
             <v:shadow on="t" type="emboss" color="black" color2="shadow add(102)" offset="1pt,1pt" offset2="-1pt,-1pt"/>
             <v:textbox>
               <w:txbxContent>
                 <w:p w14:paraId="71136C0A" w14:textId="77777777" w:rsidR="00812A86" w:rsidRPr="00CD3BD5" w:rsidRDefault="00812A86" w:rsidP="00812A86">
                   <w:pPr>
                     <w:tabs>
                       <w:tab w:val="left" w:pos="1701"/>
                       <w:tab w:val="left" w:pos="10575"/>
                     </w:tabs>
                     <w:ind w:left="1985" w:right="-45" w:hanging="567"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:b/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00CD3BD5">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:b/>
                     </w:rPr>
                     <w:t xml:space="preserve">ORDU ÜNİVERSİTESİ </w:t>
                   </w:r>
                 </w:p>
@@ -256,171 +256,156 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7A446EFB" w14:textId="77777777" w:rsidR="00CB5F29" w:rsidRPr="00CD3BD5" w:rsidRDefault="00CB5F29">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2E6279D6" w14:textId="77777777" w:rsidR="00CB5F29" w:rsidRPr="00CD3BD5" w:rsidRDefault="00812A86">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CD3BD5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:noProof/>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="62C554C4" wp14:editId="4751D817">
-[...1 lines deleted...]
-            <wp:effectExtent l="0" t="0" r="8890" b="0"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="62C554C4" wp14:editId="0036486D">
+            <wp:extent cx="948195" cy="1019907"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="3" name="Resim 3"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 1"/>
+                    <pic:cNvPr id="3" name="Resim 3"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5" cstate="print">
+                    <a:blip r:embed="rId5">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
-                    <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="948195" cy="1071873"/>
+                      <a:ext cx="948195" cy="1019907"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="12E8DAE4" w14:textId="77777777" w:rsidR="00812A86" w:rsidRPr="00CD3BD5" w:rsidRDefault="00812A86">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0A220FA2" w14:textId="77777777" w:rsidR="00812A86" w:rsidRPr="00CD3BD5" w:rsidRDefault="00812A86">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="57BE732C" w14:textId="77777777" w:rsidR="00812A86" w:rsidRPr="00CD3BD5" w:rsidRDefault="00812A86">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4055371A" w14:textId="77777777" w:rsidR="00812A86" w:rsidRPr="00CD3BD5" w:rsidRDefault="00812A86">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="202FAB4D" w14:textId="77777777" w:rsidR="00812A86" w:rsidRPr="00CD3BD5" w:rsidRDefault="00812A86">
-[...12 lines deleted...]
-    </w:p>
     <w:p w14:paraId="1A49FB0F" w14:textId="77777777" w:rsidR="00CB5F29" w:rsidRPr="00CD3BD5" w:rsidRDefault="00CB5F29">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TabloKlavuzu"/>
         <w:tblW w:w="10603" w:type="dxa"/>
         <w:tblInd w:w="-714" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8172"/>
         <w:gridCol w:w="515"/>
         <w:gridCol w:w="459"/>
         <w:gridCol w:w="459"/>
         <w:gridCol w:w="539"/>
         <w:gridCol w:w="459"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A150C9" w:rsidRPr="00CD3BD5" w14:paraId="52B83098" w14:textId="77777777" w:rsidTr="00750190">
+      <w:tr w:rsidR="00A150C9" w:rsidRPr="00CD3BD5" w14:paraId="52B83098" w14:textId="77777777" w:rsidTr="00162AFC">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="2876"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8193" w:type="dxa"/>
+            <w:tcW w:w="8172" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="23313E7A" w14:textId="77777777" w:rsidR="00A150C9" w:rsidRPr="00CD3BD5" w:rsidRDefault="00A150C9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3336817F" w14:textId="77777777" w:rsidR="00A150C9" w:rsidRPr="00CD3BD5" w:rsidRDefault="00A150C9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4D12C14C" w14:textId="77777777" w:rsidR="00A150C9" w:rsidRPr="00CD3BD5" w:rsidRDefault="00A150C9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -488,86 +473,86 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CD3BD5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Asla</w:t>
             </w:r>
             <w:r w:rsidR="00A150C9" w:rsidRPr="00CD3BD5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Memnun değilim</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="452" w:type="dxa"/>
+            <w:tcW w:w="459" w:type="dxa"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
           <w:p w14:paraId="16C166D4" w14:textId="77777777" w:rsidR="00A150C9" w:rsidRPr="00CD3BD5" w:rsidRDefault="00D04724" w:rsidP="00D04724">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CD3BD5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Çoğunlukla </w:t>
             </w:r>
             <w:r w:rsidR="00A150C9" w:rsidRPr="00CD3BD5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Memnun Değilim</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="452" w:type="dxa"/>
+            <w:tcW w:w="459" w:type="dxa"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
           <w:p w14:paraId="14929FD2" w14:textId="77777777" w:rsidR="00A150C9" w:rsidRPr="00CD3BD5" w:rsidRDefault="00D04724" w:rsidP="00D04724">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CD3BD5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Kısmen Memnunum</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -584,88 +569,88 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CD3BD5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Çoğunlukla </w:t>
             </w:r>
             <w:r w:rsidR="00A150C9" w:rsidRPr="00CD3BD5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Memnunum</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="452" w:type="dxa"/>
+            <w:tcW w:w="459" w:type="dxa"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
           <w:p w14:paraId="1124FADA" w14:textId="77777777" w:rsidR="00A150C9" w:rsidRPr="00CD3BD5" w:rsidRDefault="00D04724" w:rsidP="00D04724">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CD3BD5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Tamamen</w:t>
             </w:r>
             <w:r w:rsidR="00A150C9" w:rsidRPr="00CD3BD5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Memnunum</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A150C9" w:rsidRPr="00CD3BD5" w14:paraId="41A8ADD7" w14:textId="77777777" w:rsidTr="00750190">
-[...2 lines deleted...]
-            <w:tcW w:w="8193" w:type="dxa"/>
+      <w:tr w:rsidR="00A150C9" w:rsidRPr="00CD3BD5" w14:paraId="41A8ADD7" w14:textId="77777777" w:rsidTr="00162AFC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8172" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7F2D2848" w14:textId="77777777" w:rsidR="00A150C9" w:rsidRPr="00750190" w:rsidRDefault="00A150C9" w:rsidP="009A1105">
             <w:pPr>
               <w:pStyle w:val="AralkYok"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:ind w:left="458" w:hanging="284"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00750190">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Çalışma ortamımın fiziksel rahatlığından</w:t>
             </w:r>
             <w:r w:rsidR="00D04724" w:rsidRPr="00750190">
               <w:rPr>
                 <w:sz w:val="20"/>
@@ -674,101 +659,101 @@
               <w:t>;</w:t>
             </w:r>
             <w:r w:rsidRPr="00750190">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="515" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="026F5609" w14:textId="77777777" w:rsidR="00A150C9" w:rsidRPr="00CD3BD5" w:rsidRDefault="00A150C9" w:rsidP="00BB3AD8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="452" w:type="dxa"/>
+            <w:tcW w:w="459" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="04443EC3" w14:textId="77777777" w:rsidR="00A150C9" w:rsidRPr="00CD3BD5" w:rsidRDefault="00A150C9" w:rsidP="00BB3AD8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="452" w:type="dxa"/>
+            <w:tcW w:w="459" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="492867C1" w14:textId="77777777" w:rsidR="00A150C9" w:rsidRPr="00CD3BD5" w:rsidRDefault="00A150C9" w:rsidP="00BB3AD8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="539" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2E212854" w14:textId="77777777" w:rsidR="00A150C9" w:rsidRPr="00CD3BD5" w:rsidRDefault="00A150C9" w:rsidP="00BB3AD8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="452" w:type="dxa"/>
+            <w:tcW w:w="459" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4914E52C" w14:textId="77777777" w:rsidR="00A150C9" w:rsidRPr="00CD3BD5" w:rsidRDefault="00A150C9" w:rsidP="00BB3AD8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A150C9" w:rsidRPr="00CD3BD5" w14:paraId="1674914D" w14:textId="77777777" w:rsidTr="00750190">
-[...2 lines deleted...]
-            <w:tcW w:w="8193" w:type="dxa"/>
+      <w:tr w:rsidR="00A150C9" w:rsidRPr="00CD3BD5" w14:paraId="1674914D" w14:textId="77777777" w:rsidTr="00162AFC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8172" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7F21D74F" w14:textId="77777777" w:rsidR="00A150C9" w:rsidRPr="00750190" w:rsidRDefault="00A150C9" w:rsidP="00967511">
             <w:pPr>
               <w:pStyle w:val="AralkYok"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:ind w:left="458" w:hanging="284"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00750190">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Çalışma ortamımdaki masa, bilgisayar vb. araç gereçlerden</w:t>
             </w:r>
             <w:r w:rsidR="00D04724" w:rsidRPr="00750190">
               <w:rPr>
@@ -782,1384 +767,1564 @@
             <w:pPr>
               <w:pStyle w:val="AralkYok"/>
               <w:ind w:left="458" w:hanging="284"/>
               <w:rPr>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="515" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w14:paraId="5A684F87" w14:textId="77777777" w:rsidR="00A150C9" w:rsidRPr="00CD3BD5" w:rsidRDefault="00A150C9" w:rsidP="00BB3AD8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="452" w:type="dxa"/>
+            <w:tcW w:w="459" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w14:paraId="6EBFCD33" w14:textId="77777777" w:rsidR="00A150C9" w:rsidRPr="00CD3BD5" w:rsidRDefault="00A150C9" w:rsidP="00BB3AD8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="452" w:type="dxa"/>
+            <w:tcW w:w="459" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w14:paraId="4F301197" w14:textId="77777777" w:rsidR="00A150C9" w:rsidRPr="00CD3BD5" w:rsidRDefault="00A150C9" w:rsidP="00BB3AD8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="539" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w14:paraId="021FB5A3" w14:textId="77777777" w:rsidR="00A150C9" w:rsidRPr="00CD3BD5" w:rsidRDefault="00A150C9" w:rsidP="00BB3AD8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="452" w:type="dxa"/>
+            <w:tcW w:w="459" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w14:paraId="1587D149" w14:textId="77777777" w:rsidR="00A150C9" w:rsidRPr="00CD3BD5" w:rsidRDefault="00A150C9" w:rsidP="00BB3AD8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A150C9" w:rsidRPr="00CD3BD5" w14:paraId="4A31F661" w14:textId="77777777" w:rsidTr="00750190">
-[...2 lines deleted...]
-            <w:tcW w:w="8193" w:type="dxa"/>
+      <w:tr w:rsidR="00A150C9" w:rsidRPr="00CD3BD5" w14:paraId="4A31F661" w14:textId="77777777" w:rsidTr="00162AFC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8172" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="10F6EECC" w14:textId="77777777" w:rsidR="00A150C9" w:rsidRPr="00750190" w:rsidRDefault="00A150C9" w:rsidP="00967511">
             <w:pPr>
               <w:pStyle w:val="AralkYok"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:ind w:left="458" w:hanging="284"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00750190">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Çalışma ortamının geliştirilmesi için gerekli duyarlılığın gösterilmesinden</w:t>
             </w:r>
             <w:r w:rsidR="00D04724" w:rsidRPr="00750190">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="515" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6C33C7F2" w14:textId="77777777" w:rsidR="00A150C9" w:rsidRPr="00CD3BD5" w:rsidRDefault="00A150C9" w:rsidP="00BB3AD8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="452" w:type="dxa"/>
+            <w:tcW w:w="459" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="198A85D4" w14:textId="77777777" w:rsidR="00A150C9" w:rsidRPr="00CD3BD5" w:rsidRDefault="00A150C9" w:rsidP="00BB3AD8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="452" w:type="dxa"/>
+            <w:tcW w:w="459" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="723CD3AE" w14:textId="77777777" w:rsidR="00A150C9" w:rsidRPr="00CD3BD5" w:rsidRDefault="00A150C9" w:rsidP="00BB3AD8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="539" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2291A6DC" w14:textId="77777777" w:rsidR="00A150C9" w:rsidRPr="00CD3BD5" w:rsidRDefault="00A150C9" w:rsidP="00BB3AD8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="452" w:type="dxa"/>
+            <w:tcW w:w="459" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="48BB0815" w14:textId="77777777" w:rsidR="00A150C9" w:rsidRPr="00CD3BD5" w:rsidRDefault="00A150C9" w:rsidP="00BB3AD8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A150C9" w:rsidRPr="00CD3BD5" w14:paraId="23A59DF3" w14:textId="77777777" w:rsidTr="00750190">
-[...2 lines deleted...]
-            <w:tcW w:w="8193" w:type="dxa"/>
+      <w:tr w:rsidR="00A150C9" w:rsidRPr="00CD3BD5" w14:paraId="23A59DF3" w14:textId="77777777" w:rsidTr="00162AFC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8172" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="79C5BE87" w14:textId="77777777" w:rsidR="00A150C9" w:rsidRPr="00750190" w:rsidRDefault="00A150C9" w:rsidP="00967511">
             <w:pPr>
               <w:pStyle w:val="AralkYok"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:ind w:left="458" w:hanging="284"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00750190">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Üniversitenin sağladığı sağlık hizmetlerinden</w:t>
             </w:r>
             <w:r w:rsidR="00D04724" w:rsidRPr="00750190">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="515" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w14:paraId="322B3256" w14:textId="77777777" w:rsidR="00A150C9" w:rsidRPr="00CD3BD5" w:rsidRDefault="00A150C9" w:rsidP="00BB3AD8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="452" w:type="dxa"/>
+            <w:tcW w:w="459" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w14:paraId="3E36D94B" w14:textId="77777777" w:rsidR="00A150C9" w:rsidRPr="00CD3BD5" w:rsidRDefault="00A150C9" w:rsidP="00BB3AD8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="452" w:type="dxa"/>
+            <w:tcW w:w="459" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w14:paraId="593AFA18" w14:textId="77777777" w:rsidR="00A150C9" w:rsidRPr="00CD3BD5" w:rsidRDefault="00A150C9" w:rsidP="00BB3AD8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="539" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w14:paraId="4699617B" w14:textId="77777777" w:rsidR="00A150C9" w:rsidRPr="00CD3BD5" w:rsidRDefault="00A150C9" w:rsidP="00BB3AD8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="452" w:type="dxa"/>
+            <w:tcW w:w="459" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w14:paraId="053D81B5" w14:textId="77777777" w:rsidR="00A150C9" w:rsidRPr="00CD3BD5" w:rsidRDefault="00A150C9" w:rsidP="00BB3AD8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A150C9" w:rsidRPr="00CD3BD5" w14:paraId="6D790602" w14:textId="77777777" w:rsidTr="00750190">
-[...2 lines deleted...]
-            <w:tcW w:w="8193" w:type="dxa"/>
+      <w:tr w:rsidR="00A150C9" w:rsidRPr="00CD3BD5" w14:paraId="6D790602" w14:textId="77777777" w:rsidTr="00162AFC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8172" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="23A938AA" w14:textId="77777777" w:rsidR="00A150C9" w:rsidRPr="00750190" w:rsidRDefault="00A150C9" w:rsidP="00967511">
             <w:pPr>
               <w:pStyle w:val="AralkYok"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:ind w:left="458" w:hanging="284"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00750190">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Üniversitenin sağladığı kültür ve sanat etkinliklerinden</w:t>
             </w:r>
             <w:r w:rsidR="00D04724" w:rsidRPr="00750190">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="515" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2DEF8CE1" w14:textId="77777777" w:rsidR="00A150C9" w:rsidRPr="00CD3BD5" w:rsidRDefault="00A150C9" w:rsidP="00BB3AD8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="452" w:type="dxa"/>
+            <w:tcW w:w="459" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="59FC5347" w14:textId="77777777" w:rsidR="00A150C9" w:rsidRPr="00CD3BD5" w:rsidRDefault="00A150C9" w:rsidP="00BB3AD8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="452" w:type="dxa"/>
+            <w:tcW w:w="459" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4013A5D5" w14:textId="77777777" w:rsidR="00A150C9" w:rsidRPr="00CD3BD5" w:rsidRDefault="00A150C9" w:rsidP="00BB3AD8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="539" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4CCDAA74" w14:textId="77777777" w:rsidR="00A150C9" w:rsidRPr="00CD3BD5" w:rsidRDefault="00A150C9" w:rsidP="00BB3AD8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="452" w:type="dxa"/>
+            <w:tcW w:w="459" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="09110853" w14:textId="77777777" w:rsidR="00A150C9" w:rsidRPr="00CD3BD5" w:rsidRDefault="00A150C9" w:rsidP="00BB3AD8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A150C9" w:rsidRPr="00CD3BD5" w14:paraId="13C36A4A" w14:textId="77777777" w:rsidTr="00750190">
-[...2 lines deleted...]
-            <w:tcW w:w="8193" w:type="dxa"/>
+      <w:tr w:rsidR="00A150C9" w:rsidRPr="00CD3BD5" w14:paraId="13C36A4A" w14:textId="77777777" w:rsidTr="00162AFC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8172" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="56E85ADC" w14:textId="77777777" w:rsidR="00A150C9" w:rsidRPr="00750190" w:rsidRDefault="00A150C9" w:rsidP="00967511">
             <w:pPr>
               <w:pStyle w:val="AralkYok"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:ind w:left="458" w:hanging="284"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00750190">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Üniversitenin sağladığı güvenlik hizmetlerinden</w:t>
             </w:r>
             <w:r w:rsidR="00D04724" w:rsidRPr="00750190">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="515" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w14:paraId="2AF28590" w14:textId="77777777" w:rsidR="00A150C9" w:rsidRPr="00CD3BD5" w:rsidRDefault="00A150C9" w:rsidP="00BB3AD8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="452" w:type="dxa"/>
+            <w:tcW w:w="459" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w14:paraId="34FA9E69" w14:textId="77777777" w:rsidR="00A150C9" w:rsidRPr="00CD3BD5" w:rsidRDefault="00A150C9" w:rsidP="00BB3AD8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="452" w:type="dxa"/>
+            <w:tcW w:w="459" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w14:paraId="0D9BE55C" w14:textId="77777777" w:rsidR="00A150C9" w:rsidRPr="00CD3BD5" w:rsidRDefault="00A150C9" w:rsidP="00BB3AD8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="539" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w14:paraId="30BAAB47" w14:textId="77777777" w:rsidR="00A150C9" w:rsidRPr="00CD3BD5" w:rsidRDefault="00A150C9" w:rsidP="00BB3AD8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="452" w:type="dxa"/>
+            <w:tcW w:w="459" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w14:paraId="044986C2" w14:textId="77777777" w:rsidR="00A150C9" w:rsidRPr="00CD3BD5" w:rsidRDefault="00A150C9" w:rsidP="00BB3AD8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A150C9" w:rsidRPr="00CD3BD5" w14:paraId="04DAD958" w14:textId="77777777" w:rsidTr="00750190">
-[...2 lines deleted...]
-            <w:tcW w:w="8193" w:type="dxa"/>
+      <w:tr w:rsidR="00A150C9" w:rsidRPr="00CD3BD5" w14:paraId="04DAD958" w14:textId="77777777" w:rsidTr="00162AFC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8172" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4AD159FF" w14:textId="77777777" w:rsidR="00A150C9" w:rsidRPr="00750190" w:rsidRDefault="00A150C9" w:rsidP="00967511">
             <w:pPr>
               <w:pStyle w:val="AralkYok"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:ind w:left="458" w:hanging="284"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00750190">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Üniversitenin sağladığı bilgi-işlem (internet vb.) hizmetlerinden</w:t>
             </w:r>
             <w:r w:rsidR="00D04724" w:rsidRPr="00750190">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="515" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5C765F8E" w14:textId="77777777" w:rsidR="00A150C9" w:rsidRPr="00CD3BD5" w:rsidRDefault="00A150C9" w:rsidP="00BB3AD8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="452" w:type="dxa"/>
+            <w:tcW w:w="459" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="443CB535" w14:textId="77777777" w:rsidR="00A150C9" w:rsidRPr="00CD3BD5" w:rsidRDefault="00A150C9" w:rsidP="00BB3AD8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="452" w:type="dxa"/>
+            <w:tcW w:w="459" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="68009E4C" w14:textId="77777777" w:rsidR="00A150C9" w:rsidRPr="00CD3BD5" w:rsidRDefault="00A150C9" w:rsidP="00BB3AD8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="539" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7AC5C6F6" w14:textId="77777777" w:rsidR="00A150C9" w:rsidRPr="00CD3BD5" w:rsidRDefault="00A150C9" w:rsidP="00BB3AD8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="452" w:type="dxa"/>
+            <w:tcW w:w="459" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="106EC727" w14:textId="77777777" w:rsidR="00A150C9" w:rsidRPr="00CD3BD5" w:rsidRDefault="00A150C9" w:rsidP="00BB3AD8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A150C9" w:rsidRPr="00CD3BD5" w14:paraId="19477D79" w14:textId="77777777" w:rsidTr="00750190">
-[...2 lines deleted...]
-            <w:tcW w:w="8193" w:type="dxa"/>
+      <w:tr w:rsidR="00A150C9" w:rsidRPr="00CD3BD5" w14:paraId="19477D79" w14:textId="77777777" w:rsidTr="00162AFC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8172" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5AD0C4F5" w14:textId="77777777" w:rsidR="00A150C9" w:rsidRPr="00750190" w:rsidRDefault="00A150C9" w:rsidP="00967511">
             <w:pPr>
               <w:pStyle w:val="AralkYok"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:ind w:left="458" w:hanging="284"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00750190">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Üniversitenin sağladığı kütüphane ve dokümantasyon hizmetlerinden</w:t>
+              <w:t xml:space="preserve">Üniversitenin sağladığı kütüphane ve </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00750190">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>dokümantasyon</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00750190">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> hizmetlerinden</w:t>
             </w:r>
             <w:r w:rsidR="00D04724" w:rsidRPr="00750190">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="515" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w14:paraId="1620C97E" w14:textId="77777777" w:rsidR="00A150C9" w:rsidRPr="00CD3BD5" w:rsidRDefault="00A150C9" w:rsidP="00BB3AD8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="452" w:type="dxa"/>
+            <w:tcW w:w="459" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w14:paraId="02DE9C20" w14:textId="77777777" w:rsidR="00A150C9" w:rsidRPr="00CD3BD5" w:rsidRDefault="00A150C9" w:rsidP="00BB3AD8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="452" w:type="dxa"/>
+            <w:tcW w:w="459" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w14:paraId="311837B1" w14:textId="77777777" w:rsidR="00A150C9" w:rsidRPr="00CD3BD5" w:rsidRDefault="00A150C9" w:rsidP="00BB3AD8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="539" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w14:paraId="091D4065" w14:textId="77777777" w:rsidR="00A150C9" w:rsidRPr="00CD3BD5" w:rsidRDefault="00A150C9" w:rsidP="00BB3AD8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="452" w:type="dxa"/>
+            <w:tcW w:w="459" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w14:paraId="423C2AEC" w14:textId="77777777" w:rsidR="00A150C9" w:rsidRPr="00CD3BD5" w:rsidRDefault="00A150C9" w:rsidP="00BB3AD8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A150C9" w:rsidRPr="00CD3BD5" w14:paraId="7D470D81" w14:textId="77777777" w:rsidTr="00750190">
-[...2 lines deleted...]
-            <w:tcW w:w="8193" w:type="dxa"/>
+      <w:tr w:rsidR="00A150C9" w:rsidRPr="00CD3BD5" w14:paraId="7D470D81" w14:textId="77777777" w:rsidTr="00162AFC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8172" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="66A54759" w14:textId="77777777" w:rsidR="00A150C9" w:rsidRPr="00750190" w:rsidRDefault="00A150C9" w:rsidP="00967511">
             <w:pPr>
               <w:pStyle w:val="AralkYok"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:ind w:left="458" w:hanging="284"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00750190">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Üniversitenin sağladığı yemekhane hizmetlerinden</w:t>
             </w:r>
             <w:r w:rsidR="00D04724" w:rsidRPr="00750190">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="515" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6DAF0A9B" w14:textId="77777777" w:rsidR="00A150C9" w:rsidRPr="00CD3BD5" w:rsidRDefault="00A150C9" w:rsidP="00BB3AD8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="452" w:type="dxa"/>
+            <w:tcW w:w="459" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6F36BE03" w14:textId="77777777" w:rsidR="00A150C9" w:rsidRPr="00CD3BD5" w:rsidRDefault="00A150C9" w:rsidP="00BB3AD8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="452" w:type="dxa"/>
+            <w:tcW w:w="459" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="222473E6" w14:textId="77777777" w:rsidR="00A150C9" w:rsidRPr="00CD3BD5" w:rsidRDefault="00A150C9" w:rsidP="00BB3AD8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="539" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6B7F0D4D" w14:textId="77777777" w:rsidR="00A150C9" w:rsidRPr="00CD3BD5" w:rsidRDefault="00A150C9" w:rsidP="00BB3AD8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="452" w:type="dxa"/>
+            <w:tcW w:w="459" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="042E3F82" w14:textId="77777777" w:rsidR="00A150C9" w:rsidRPr="00CD3BD5" w:rsidRDefault="00A150C9" w:rsidP="00BB3AD8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A150C9" w:rsidRPr="00CD3BD5" w14:paraId="6299DF5D" w14:textId="77777777" w:rsidTr="00750190">
-[...2 lines deleted...]
-            <w:tcW w:w="8193" w:type="dxa"/>
+      <w:tr w:rsidR="00A150C9" w:rsidRPr="00CD3BD5" w14:paraId="6299DF5D" w14:textId="77777777" w:rsidTr="00162AFC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8172" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="29DDFF4E" w14:textId="77777777" w:rsidR="00A150C9" w:rsidRPr="00750190" w:rsidRDefault="00A150C9" w:rsidP="00967511">
             <w:pPr>
               <w:pStyle w:val="AralkYok"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:ind w:left="458" w:hanging="284"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00750190">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Üniversitenin sağladığı temizlik hizmetlerinden</w:t>
             </w:r>
             <w:r w:rsidR="00D04724" w:rsidRPr="00750190">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="515" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w14:paraId="44982D7A" w14:textId="77777777" w:rsidR="00A150C9" w:rsidRPr="00CD3BD5" w:rsidRDefault="00A150C9" w:rsidP="00BB3AD8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="452" w:type="dxa"/>
+            <w:tcW w:w="459" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w14:paraId="1D156881" w14:textId="77777777" w:rsidR="00A150C9" w:rsidRPr="00CD3BD5" w:rsidRDefault="00A150C9" w:rsidP="00BB3AD8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="452" w:type="dxa"/>
+            <w:tcW w:w="459" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w14:paraId="5956E5C4" w14:textId="77777777" w:rsidR="00A150C9" w:rsidRPr="00CD3BD5" w:rsidRDefault="00A150C9" w:rsidP="00BB3AD8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="539" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w14:paraId="75B9864A" w14:textId="77777777" w:rsidR="00A150C9" w:rsidRPr="00CD3BD5" w:rsidRDefault="00A150C9" w:rsidP="00BB3AD8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="452" w:type="dxa"/>
+            <w:tcW w:w="459" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w14:paraId="6961A8E9" w14:textId="77777777" w:rsidR="00A150C9" w:rsidRPr="00CD3BD5" w:rsidRDefault="00A150C9" w:rsidP="00BB3AD8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A150C9" w:rsidRPr="00CD3BD5" w14:paraId="641C2FF0" w14:textId="77777777" w:rsidTr="00750190">
-[...2 lines deleted...]
-            <w:tcW w:w="8193" w:type="dxa"/>
+      <w:tr w:rsidR="00A150C9" w:rsidRPr="00CD3BD5" w14:paraId="641C2FF0" w14:textId="77777777" w:rsidTr="00162AFC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8172" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="441AE221" w14:textId="77777777" w:rsidR="00A150C9" w:rsidRPr="00750190" w:rsidRDefault="00A150C9" w:rsidP="00967511">
             <w:pPr>
               <w:pStyle w:val="AralkYok"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:ind w:left="458" w:hanging="284"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00750190">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Üniversitenin sağladığı ulaşım hizmetlerinden</w:t>
             </w:r>
             <w:r w:rsidR="00D04724" w:rsidRPr="00750190">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="515" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5661E2AE" w14:textId="77777777" w:rsidR="00A150C9" w:rsidRPr="00CD3BD5" w:rsidRDefault="00A150C9" w:rsidP="00BB3AD8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="452" w:type="dxa"/>
+            <w:tcW w:w="459" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="04420D20" w14:textId="77777777" w:rsidR="00A150C9" w:rsidRPr="00CD3BD5" w:rsidRDefault="00A150C9" w:rsidP="00BB3AD8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="452" w:type="dxa"/>
+            <w:tcW w:w="459" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="74FE24EB" w14:textId="77777777" w:rsidR="00A150C9" w:rsidRPr="00CD3BD5" w:rsidRDefault="00A150C9" w:rsidP="00BB3AD8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="539" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="54DB3039" w14:textId="77777777" w:rsidR="00A150C9" w:rsidRPr="00CD3BD5" w:rsidRDefault="00A150C9" w:rsidP="00BB3AD8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="452" w:type="dxa"/>
+            <w:tcW w:w="459" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="77D5E76D" w14:textId="77777777" w:rsidR="00A150C9" w:rsidRPr="00CD3BD5" w:rsidRDefault="00A150C9" w:rsidP="00BB3AD8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A150C9" w:rsidRPr="00CD3BD5" w14:paraId="012345D6" w14:textId="77777777" w:rsidTr="00750190">
-[...2 lines deleted...]
-            <w:tcW w:w="8193" w:type="dxa"/>
+      <w:tr w:rsidR="00A150C9" w:rsidRPr="00CD3BD5" w14:paraId="012345D6" w14:textId="77777777" w:rsidTr="00162AFC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8172" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="28680765" w14:textId="77777777" w:rsidR="00A150C9" w:rsidRPr="00750190" w:rsidRDefault="00A150C9" w:rsidP="00967511">
             <w:pPr>
               <w:pStyle w:val="AralkYok"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:ind w:left="458" w:hanging="284"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00750190">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Üniversitenin sağladığı kantin hizmetlerinden</w:t>
             </w:r>
             <w:r w:rsidR="00D04724" w:rsidRPr="00750190">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="515" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w14:paraId="39F0752C" w14:textId="77777777" w:rsidR="00A150C9" w:rsidRPr="00CD3BD5" w:rsidRDefault="00A150C9" w:rsidP="00BB3AD8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="452" w:type="dxa"/>
+            <w:tcW w:w="459" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w14:paraId="58CBFDC3" w14:textId="77777777" w:rsidR="00A150C9" w:rsidRPr="00CD3BD5" w:rsidRDefault="00A150C9" w:rsidP="00BB3AD8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="452" w:type="dxa"/>
+            <w:tcW w:w="459" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w14:paraId="24D30772" w14:textId="77777777" w:rsidR="00A150C9" w:rsidRPr="00CD3BD5" w:rsidRDefault="00A150C9" w:rsidP="00BB3AD8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="539" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w14:paraId="4ED15F94" w14:textId="77777777" w:rsidR="00A150C9" w:rsidRPr="00CD3BD5" w:rsidRDefault="00A150C9" w:rsidP="00BB3AD8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="452" w:type="dxa"/>
+            <w:tcW w:w="459" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w14:paraId="514C8F53" w14:textId="77777777" w:rsidR="00A150C9" w:rsidRPr="00CD3BD5" w:rsidRDefault="00A150C9" w:rsidP="00BB3AD8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A150C9" w:rsidRPr="00CD3BD5" w14:paraId="0E00FCA1" w14:textId="77777777" w:rsidTr="00750190">
-[...2 lines deleted...]
-            <w:tcW w:w="8193" w:type="dxa"/>
+      <w:tr w:rsidR="00A150C9" w:rsidRPr="00CD3BD5" w14:paraId="0E00FCA1" w14:textId="77777777" w:rsidTr="00162AFC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8172" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="413ADEAF" w14:textId="77777777" w:rsidR="00A150C9" w:rsidRPr="00750190" w:rsidRDefault="00A150C9" w:rsidP="00967511">
             <w:pPr>
               <w:pStyle w:val="ListeParagraf"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:ind w:left="458" w:hanging="284"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00750190">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Üniversitenin sağladığı sportif faaliyetler ve imkânlarından</w:t>
             </w:r>
             <w:r w:rsidR="00D04724" w:rsidRPr="00750190">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="515" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0A7DC568" w14:textId="77777777" w:rsidR="00A150C9" w:rsidRPr="00CD3BD5" w:rsidRDefault="00A150C9" w:rsidP="00BB3AD8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="452" w:type="dxa"/>
+            <w:tcW w:w="459" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="160ADFF4" w14:textId="77777777" w:rsidR="00A150C9" w:rsidRPr="00CD3BD5" w:rsidRDefault="00A150C9" w:rsidP="00BB3AD8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="452" w:type="dxa"/>
+            <w:tcW w:w="459" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3A3E5DD2" w14:textId="77777777" w:rsidR="00A150C9" w:rsidRPr="00CD3BD5" w:rsidRDefault="00A150C9" w:rsidP="00BB3AD8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="539" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="05A21463" w14:textId="77777777" w:rsidR="00A150C9" w:rsidRPr="00CD3BD5" w:rsidRDefault="00A150C9" w:rsidP="00BB3AD8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="452" w:type="dxa"/>
+            <w:tcW w:w="459" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="35F4DE4D" w14:textId="77777777" w:rsidR="00A150C9" w:rsidRPr="00CD3BD5" w:rsidRDefault="00A150C9" w:rsidP="00BB3AD8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A150C9" w:rsidRPr="00CD3BD5" w14:paraId="5D8CB2E4" w14:textId="77777777" w:rsidTr="00750190">
-[...2 lines deleted...]
-            <w:tcW w:w="8193" w:type="dxa"/>
+      <w:tr w:rsidR="00A150C9" w:rsidRPr="00CD3BD5" w14:paraId="5D8CB2E4" w14:textId="77777777" w:rsidTr="00162AFC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8172" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w14:paraId="56E858FF" w14:textId="77777777" w:rsidR="00A150C9" w:rsidRPr="00750190" w:rsidRDefault="00A150C9" w:rsidP="00967511">
             <w:pPr>
               <w:pStyle w:val="ListeParagraf"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:ind w:left="458" w:hanging="284"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00750190">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Üniversitenin sağladığı ibadet imkânlarından</w:t>
             </w:r>
             <w:r w:rsidR="00D04724" w:rsidRPr="00750190">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="515" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w14:paraId="2AAB046E" w14:textId="77777777" w:rsidR="00A150C9" w:rsidRPr="00CD3BD5" w:rsidRDefault="00A150C9" w:rsidP="00BB3AD8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="452" w:type="dxa"/>
+            <w:tcW w:w="459" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w14:paraId="7DD5C8F9" w14:textId="77777777" w:rsidR="00A150C9" w:rsidRPr="00CD3BD5" w:rsidRDefault="00A150C9" w:rsidP="00BB3AD8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="452" w:type="dxa"/>
+            <w:tcW w:w="459" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w14:paraId="0D8BF092" w14:textId="77777777" w:rsidR="00A150C9" w:rsidRPr="00CD3BD5" w:rsidRDefault="00A150C9" w:rsidP="00BB3AD8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="539" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w14:paraId="4C98CB1C" w14:textId="77777777" w:rsidR="00A150C9" w:rsidRPr="00CD3BD5" w:rsidRDefault="00A150C9" w:rsidP="00BB3AD8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="452" w:type="dxa"/>
+            <w:tcW w:w="459" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w14:paraId="1CB4C23F" w14:textId="77777777" w:rsidR="00A150C9" w:rsidRPr="00CD3BD5" w:rsidRDefault="00A150C9" w:rsidP="00BB3AD8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00451858" w:rsidRPr="00CD3BD5" w14:paraId="38CC9E1E" w14:textId="77777777" w:rsidTr="00750190">
-[...2 lines deleted...]
-            <w:tcW w:w="8193" w:type="dxa"/>
+      <w:tr w:rsidR="00451858" w:rsidRPr="00CD3BD5" w14:paraId="38CC9E1E" w14:textId="77777777" w:rsidTr="00162AFC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8172" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w14:paraId="79B7C405" w14:textId="77777777" w:rsidR="00451858" w:rsidRPr="00CD3BD5" w:rsidRDefault="00451858" w:rsidP="00967511">
             <w:pPr>
               <w:pStyle w:val="ListeParagraf"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:ind w:left="458" w:hanging="284"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CD3BD5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Üniversitedeki otopark hizmetlerinden</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="515" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w14:paraId="19E7E2F0" w14:textId="77777777" w:rsidR="00451858" w:rsidRPr="00CD3BD5" w:rsidRDefault="00451858" w:rsidP="00BB3AD8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="452" w:type="dxa"/>
+            <w:tcW w:w="459" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w14:paraId="6FF9D30C" w14:textId="77777777" w:rsidR="00451858" w:rsidRPr="00CD3BD5" w:rsidRDefault="00451858" w:rsidP="00BB3AD8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="452" w:type="dxa"/>
+            <w:tcW w:w="459" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w14:paraId="5E226699" w14:textId="77777777" w:rsidR="00451858" w:rsidRPr="00CD3BD5" w:rsidRDefault="00451858" w:rsidP="00BB3AD8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="539" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w14:paraId="68C6E381" w14:textId="77777777" w:rsidR="00451858" w:rsidRPr="00CD3BD5" w:rsidRDefault="00451858" w:rsidP="00BB3AD8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="452" w:type="dxa"/>
+            <w:tcW w:w="459" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w14:paraId="3112C998" w14:textId="77777777" w:rsidR="00451858" w:rsidRPr="00CD3BD5" w:rsidRDefault="00451858" w:rsidP="00BB3AD8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p w14:paraId="5FBB6B4C" w14:textId="6DD0B094" w:rsidR="00162AFC" w:rsidRDefault="00162AFC" w:rsidP="00162AFC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00162AFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>PP1.</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE705B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00162AFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.FR.00</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE705B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>47</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00162AFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>,R0,Kasım</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00162AFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2025</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00162AFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00162AFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>/3</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34103075" w14:textId="77777777" w:rsidR="00162AFC" w:rsidRPr="00162AFC" w:rsidRDefault="00162AFC" w:rsidP="00162AFC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00162AFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“Bu dokümanın basılı hâli kontrolsüz </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00162AFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>doküman</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00162AFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kabul edilmektedir. Lütfen web sitesinden enson versiyonuna ulaşınız.”</w:t>
+      </w:r>
+    </w:p>
     <w:p w14:paraId="1CDAACD5" w14:textId="77777777" w:rsidR="003559DF" w:rsidRPr="00CD3BD5" w:rsidRDefault="003559DF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TabloKlavuzu"/>
         <w:tblW w:w="10320" w:type="dxa"/>
         <w:tblInd w:w="-431" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7865"/>
         <w:gridCol w:w="459"/>
         <w:gridCol w:w="539"/>
         <w:gridCol w:w="459"/>
         <w:gridCol w:w="539"/>
         <w:gridCol w:w="459"/>
       </w:tblGrid>
       <w:tr w:rsidR="00D04724" w:rsidRPr="00CD3BD5" w14:paraId="3E4A33BF" w14:textId="77777777" w:rsidTr="00750190">
         <w:trPr>
           <w:cantSplit/>
@@ -4102,58 +4267,58 @@
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="34940723" w14:textId="77777777" w:rsidR="00D04724" w:rsidRPr="00CD3BD5" w:rsidRDefault="00D04724">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TabloKlavuzu"/>
         <w:tblW w:w="10320" w:type="dxa"/>
         <w:tblInd w:w="-431" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7865"/>
         <w:gridCol w:w="459"/>
         <w:gridCol w:w="539"/>
         <w:gridCol w:w="459"/>
         <w:gridCol w:w="539"/>
         <w:gridCol w:w="459"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D04724" w:rsidRPr="00CD3BD5" w14:paraId="67DA05E2" w14:textId="77777777" w:rsidTr="00750190">
+      <w:tr w:rsidR="00D04724" w:rsidRPr="00CD3BD5" w14:paraId="67DA05E2" w14:textId="77777777" w:rsidTr="00162AFC">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="2977"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7910" w:type="dxa"/>
+            <w:tcW w:w="7865" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2DE28C2D" w14:textId="77777777" w:rsidR="00D04724" w:rsidRPr="00CD3BD5" w:rsidRDefault="00D04724" w:rsidP="00970D22">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6728789B" w14:textId="77777777" w:rsidR="00D04724" w:rsidRPr="00CD3BD5" w:rsidRDefault="00D04724" w:rsidP="00970D22">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="16A7BF7B" w14:textId="77777777" w:rsidR="00D04724" w:rsidRPr="00CD3BD5" w:rsidRDefault="00D04724" w:rsidP="00970D22">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -4170,703 +4335,860 @@
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="442C1CA8" w14:textId="77777777" w:rsidR="00D04724" w:rsidRPr="00CD3BD5" w:rsidRDefault="00D04724" w:rsidP="00970D22">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CD3BD5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>EĞİTİM VE İLETİŞİM</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="426" w:type="dxa"/>
+            <w:tcW w:w="459" w:type="dxa"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
           <w:p w14:paraId="6B5430EB" w14:textId="77777777" w:rsidR="00D04724" w:rsidRPr="00CD3BD5" w:rsidRDefault="00D04724" w:rsidP="00A33525">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CD3BD5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Asla Memnun değilim</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcW w:w="539" w:type="dxa"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
           <w:p w14:paraId="17E5AA0C" w14:textId="77777777" w:rsidR="00D04724" w:rsidRPr="00CD3BD5" w:rsidRDefault="00D04724" w:rsidP="00A33525">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CD3BD5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Çoğunlukla Memnun Değilim</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="452" w:type="dxa"/>
+            <w:tcW w:w="459" w:type="dxa"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
           <w:p w14:paraId="60B95FCE" w14:textId="77777777" w:rsidR="00D04724" w:rsidRPr="00CD3BD5" w:rsidRDefault="00D04724" w:rsidP="00A33525">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CD3BD5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Kısmen Memnunum</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcW w:w="539" w:type="dxa"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
           <w:p w14:paraId="429D4CAF" w14:textId="77777777" w:rsidR="00D04724" w:rsidRPr="00CD3BD5" w:rsidRDefault="00D04724" w:rsidP="00A33525">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CD3BD5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Çoğunlukla Memnunum</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="452" w:type="dxa"/>
+            <w:tcW w:w="459" w:type="dxa"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
           <w:p w14:paraId="2793B02A" w14:textId="77777777" w:rsidR="00D04724" w:rsidRPr="00CD3BD5" w:rsidRDefault="00D04724" w:rsidP="00A33525">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CD3BD5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Tamamen Memnunum</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00270690" w:rsidRPr="00CD3BD5" w14:paraId="336B6003" w14:textId="77777777" w:rsidTr="00750190">
-[...2 lines deleted...]
-            <w:tcW w:w="7910" w:type="dxa"/>
+      <w:tr w:rsidR="00270690" w:rsidRPr="00CD3BD5" w14:paraId="336B6003" w14:textId="77777777" w:rsidTr="00162AFC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7865" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3220AC02" w14:textId="77777777" w:rsidR="00270690" w:rsidRPr="00CD3BD5" w:rsidRDefault="00270690" w:rsidP="00967511">
             <w:pPr>
               <w:pStyle w:val="AralkYok"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:ind w:left="284" w:hanging="284"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CD3BD5">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Personele yapılan hizmet içi eğitim faaliyetlerinden</w:t>
             </w:r>
             <w:r w:rsidR="00D04724" w:rsidRPr="00CD3BD5">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="426" w:type="dxa"/>
+            <w:tcW w:w="459" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2A739AB3" w14:textId="77777777" w:rsidR="00270690" w:rsidRPr="00CD3BD5" w:rsidRDefault="00270690" w:rsidP="00967511">
             <w:pPr>
               <w:ind w:left="284" w:hanging="284"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcW w:w="539" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="300293EE" w14:textId="77777777" w:rsidR="00270690" w:rsidRPr="00CD3BD5" w:rsidRDefault="00270690" w:rsidP="00967511">
             <w:pPr>
               <w:ind w:left="284" w:hanging="284"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="452" w:type="dxa"/>
+            <w:tcW w:w="459" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6DF1CF33" w14:textId="77777777" w:rsidR="00270690" w:rsidRPr="00CD3BD5" w:rsidRDefault="00270690" w:rsidP="00967511">
             <w:pPr>
               <w:ind w:left="284" w:hanging="284"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcW w:w="539" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="70A6CB24" w14:textId="77777777" w:rsidR="00270690" w:rsidRPr="00CD3BD5" w:rsidRDefault="00270690" w:rsidP="00967511">
             <w:pPr>
               <w:ind w:left="284" w:hanging="284"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="452" w:type="dxa"/>
+            <w:tcW w:w="459" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="49CC0868" w14:textId="77777777" w:rsidR="00270690" w:rsidRPr="00CD3BD5" w:rsidRDefault="00270690" w:rsidP="00967511">
             <w:pPr>
               <w:ind w:left="284" w:hanging="284"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00270690" w:rsidRPr="00CD3BD5" w14:paraId="4F2415D6" w14:textId="77777777" w:rsidTr="00750190">
-[...2 lines deleted...]
-            <w:tcW w:w="7910" w:type="dxa"/>
+      <w:tr w:rsidR="00270690" w:rsidRPr="00CD3BD5" w14:paraId="4F2415D6" w14:textId="77777777" w:rsidTr="00162AFC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7865" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="394F31F3" w14:textId="77777777" w:rsidR="00270690" w:rsidRPr="00CD3BD5" w:rsidRDefault="00270690" w:rsidP="00967511">
             <w:pPr>
               <w:pStyle w:val="AralkYok"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:ind w:left="284" w:hanging="284"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CD3BD5">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Hizmet içi eğitimlerin uygulamaya yönelik olmasından</w:t>
             </w:r>
             <w:r w:rsidR="00D04724" w:rsidRPr="00CD3BD5">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="426" w:type="dxa"/>
+            <w:tcW w:w="459" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="2E3C0F78" w14:textId="77777777" w:rsidR="00270690" w:rsidRPr="00CD3BD5" w:rsidRDefault="00270690" w:rsidP="00967511">
             <w:pPr>
               <w:ind w:left="284" w:hanging="284"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcW w:w="539" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="512A406A" w14:textId="77777777" w:rsidR="00270690" w:rsidRPr="00CD3BD5" w:rsidRDefault="00270690" w:rsidP="00967511">
             <w:pPr>
               <w:ind w:left="284" w:hanging="284"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="452" w:type="dxa"/>
+            <w:tcW w:w="459" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="5CF609D5" w14:textId="77777777" w:rsidR="00270690" w:rsidRPr="00CD3BD5" w:rsidRDefault="00270690" w:rsidP="00967511">
             <w:pPr>
               <w:ind w:left="284" w:hanging="284"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcW w:w="539" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="65E41CB9" w14:textId="77777777" w:rsidR="00270690" w:rsidRPr="00CD3BD5" w:rsidRDefault="00270690" w:rsidP="00967511">
             <w:pPr>
               <w:ind w:left="284" w:hanging="284"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="452" w:type="dxa"/>
+            <w:tcW w:w="459" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="7B2ED812" w14:textId="77777777" w:rsidR="00270690" w:rsidRPr="00CD3BD5" w:rsidRDefault="00270690" w:rsidP="00967511">
             <w:pPr>
               <w:ind w:left="284" w:hanging="284"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00270690" w:rsidRPr="00CD3BD5" w14:paraId="0002DB73" w14:textId="77777777" w:rsidTr="00750190">
-[...2 lines deleted...]
-            <w:tcW w:w="7910" w:type="dxa"/>
+      <w:tr w:rsidR="00270690" w:rsidRPr="00CD3BD5" w14:paraId="0002DB73" w14:textId="77777777" w:rsidTr="00162AFC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7865" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="366690C7" w14:textId="77777777" w:rsidR="00270690" w:rsidRPr="00CD3BD5" w:rsidRDefault="00270690" w:rsidP="00967511">
             <w:pPr>
               <w:pStyle w:val="AralkYok"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:ind w:left="284" w:hanging="284"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CD3BD5">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Üniversitemizdeki idari personel-öğretim elemanı arasındaki iletişimden</w:t>
             </w:r>
             <w:r w:rsidR="00D04724" w:rsidRPr="00CD3BD5">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="426" w:type="dxa"/>
+            <w:tcW w:w="459" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="17CCFA90" w14:textId="77777777" w:rsidR="00270690" w:rsidRPr="00CD3BD5" w:rsidRDefault="00270690" w:rsidP="00967511">
             <w:pPr>
               <w:ind w:left="284" w:hanging="284"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcW w:w="539" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2DB518BE" w14:textId="77777777" w:rsidR="00270690" w:rsidRPr="00CD3BD5" w:rsidRDefault="00270690" w:rsidP="00967511">
             <w:pPr>
               <w:ind w:left="284" w:hanging="284"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="452" w:type="dxa"/>
+            <w:tcW w:w="459" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1782EDDE" w14:textId="77777777" w:rsidR="00270690" w:rsidRPr="00CD3BD5" w:rsidRDefault="00270690" w:rsidP="00967511">
             <w:pPr>
               <w:ind w:left="284" w:hanging="284"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcW w:w="539" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="14EC2402" w14:textId="77777777" w:rsidR="00270690" w:rsidRPr="00CD3BD5" w:rsidRDefault="00270690" w:rsidP="00967511">
             <w:pPr>
               <w:ind w:left="284" w:hanging="284"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="452" w:type="dxa"/>
+            <w:tcW w:w="459" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="422E29B5" w14:textId="77777777" w:rsidR="00270690" w:rsidRPr="00CD3BD5" w:rsidRDefault="00270690" w:rsidP="00967511">
             <w:pPr>
               <w:ind w:left="284" w:hanging="284"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00270690" w:rsidRPr="00CD3BD5" w14:paraId="67A0C194" w14:textId="77777777" w:rsidTr="00750190">
-[...2 lines deleted...]
-            <w:tcW w:w="7910" w:type="dxa"/>
+      <w:tr w:rsidR="00270690" w:rsidRPr="00CD3BD5" w14:paraId="67A0C194" w14:textId="77777777" w:rsidTr="00162AFC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7865" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="08A98453" w14:textId="77777777" w:rsidR="00270690" w:rsidRPr="00CD3BD5" w:rsidRDefault="00270690" w:rsidP="00967511">
             <w:pPr>
               <w:pStyle w:val="AralkYok"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:ind w:left="284" w:hanging="284"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CD3BD5">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Üniversitemizdeki idari personel-öğrenci arasındaki iletişimden</w:t>
             </w:r>
             <w:r w:rsidR="00D04724" w:rsidRPr="00CD3BD5">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="426" w:type="dxa"/>
+            <w:tcW w:w="459" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="6A462ACF" w14:textId="77777777" w:rsidR="00270690" w:rsidRPr="00CD3BD5" w:rsidRDefault="00270690" w:rsidP="00967511">
             <w:pPr>
               <w:ind w:left="284" w:hanging="284"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcW w:w="539" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="20E539E3" w14:textId="77777777" w:rsidR="00270690" w:rsidRPr="00CD3BD5" w:rsidRDefault="00270690" w:rsidP="00967511">
             <w:pPr>
               <w:ind w:left="284" w:hanging="284"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="452" w:type="dxa"/>
+            <w:tcW w:w="459" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="14EA8F69" w14:textId="77777777" w:rsidR="00270690" w:rsidRPr="00CD3BD5" w:rsidRDefault="00270690" w:rsidP="00967511">
             <w:pPr>
               <w:ind w:left="284" w:hanging="284"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcW w:w="539" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="058C6FBD" w14:textId="77777777" w:rsidR="00270690" w:rsidRPr="00CD3BD5" w:rsidRDefault="00270690" w:rsidP="00967511">
             <w:pPr>
               <w:ind w:left="284" w:hanging="284"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="452" w:type="dxa"/>
+            <w:tcW w:w="459" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="77A748CC" w14:textId="77777777" w:rsidR="00270690" w:rsidRPr="00CD3BD5" w:rsidRDefault="00270690" w:rsidP="00967511">
             <w:pPr>
               <w:ind w:left="284" w:hanging="284"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00270690" w:rsidRPr="00CD3BD5" w14:paraId="5C8EAB82" w14:textId="77777777" w:rsidTr="00750190">
-[...2 lines deleted...]
-            <w:tcW w:w="7910" w:type="dxa"/>
+      <w:tr w:rsidR="00270690" w:rsidRPr="00CD3BD5" w14:paraId="5C8EAB82" w14:textId="77777777" w:rsidTr="00162AFC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7865" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1D2F3431" w14:textId="77777777" w:rsidR="00270690" w:rsidRPr="00CD3BD5" w:rsidRDefault="00270690" w:rsidP="00967511">
             <w:pPr>
               <w:pStyle w:val="AralkYok"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:ind w:left="284" w:hanging="284"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CD3BD5">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Üniversitemizdeki idari personelin kendi arasındaki iletişimden</w:t>
             </w:r>
             <w:r w:rsidR="00D04724" w:rsidRPr="00CD3BD5">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="426" w:type="dxa"/>
+            <w:tcW w:w="459" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="36F20515" w14:textId="77777777" w:rsidR="00270690" w:rsidRPr="00CD3BD5" w:rsidRDefault="00270690" w:rsidP="00967511">
             <w:pPr>
               <w:ind w:left="284" w:hanging="284"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcW w:w="539" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7DB9C2D4" w14:textId="77777777" w:rsidR="00270690" w:rsidRPr="00CD3BD5" w:rsidRDefault="00270690" w:rsidP="00967511">
             <w:pPr>
               <w:ind w:left="284" w:hanging="284"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="452" w:type="dxa"/>
+            <w:tcW w:w="459" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5A7434CD" w14:textId="77777777" w:rsidR="00270690" w:rsidRPr="00CD3BD5" w:rsidRDefault="00270690" w:rsidP="00967511">
             <w:pPr>
               <w:ind w:left="284" w:hanging="284"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcW w:w="539" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="371A8AFE" w14:textId="77777777" w:rsidR="00270690" w:rsidRPr="00CD3BD5" w:rsidRDefault="00270690" w:rsidP="00967511">
             <w:pPr>
               <w:ind w:left="284" w:hanging="284"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="452" w:type="dxa"/>
+            <w:tcW w:w="459" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1053090B" w14:textId="77777777" w:rsidR="00270690" w:rsidRPr="00CD3BD5" w:rsidRDefault="00270690" w:rsidP="00967511">
             <w:pPr>
               <w:ind w:left="284" w:hanging="284"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="68568320" w14:textId="77777777" w:rsidR="003559DF" w:rsidRPr="00CD3BD5" w:rsidRDefault="003559DF" w:rsidP="00CD3BD5">
+    <w:p w14:paraId="69F991DA" w14:textId="7A131785" w:rsidR="00162AFC" w:rsidRDefault="00162AFC" w:rsidP="00162AFC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00162AFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>PP1.</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE705B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00162AFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.FR.00</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE705B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>47</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00162AFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>,R0,Kasım</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00162AFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2025</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00162AFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00162AFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>/3</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68568320" w14:textId="653D7C6D" w:rsidR="003559DF" w:rsidRPr="00162AFC" w:rsidRDefault="00162AFC" w:rsidP="00CD3BD5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00162AFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“Bu dokümanın basılı hâli kontrolsüz </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00162AFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>doküman</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00162AFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kabul edilmektedir. Lütfen web sitesinden enson versiyonuna ulaşınız.”</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TabloKlavuzu"/>
         <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:vertAnchor="page" w:horzAnchor="margin" w:tblpXSpec="center" w:tblpY="886"/>
         <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7935"/>
         <w:gridCol w:w="459"/>
         <w:gridCol w:w="459"/>
         <w:gridCol w:w="464"/>
         <w:gridCol w:w="538"/>
         <w:gridCol w:w="459"/>
       </w:tblGrid>
       <w:tr w:rsidR="00D04724" w:rsidRPr="00CD3BD5" w14:paraId="4A28DFB9" w14:textId="77777777" w:rsidTr="00750190">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="3069"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8046" w:type="dxa"/>
           </w:tcPr>
@@ -6749,55 +7071,77 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Cinsiyetiniz?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4036" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
           </w:tcPr>
           <w:p w14:paraId="2398B41A" w14:textId="77777777" w:rsidR="00750190" w:rsidRPr="00CD3BD5" w:rsidRDefault="00750190" w:rsidP="000120F9">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00CD3BD5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t>( ) Kadın    ( ) Erkek</w:t>
+              <w:t>( )</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00CD3BD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Kadın </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00CD3BD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   (</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00CD3BD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ) Erkek</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00750190" w:rsidRPr="00CD3BD5" w14:paraId="1F005EDE" w14:textId="77777777" w:rsidTr="00380DAD">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="63992F82" w14:textId="77777777" w:rsidR="00750190" w:rsidRPr="000120F9" w:rsidRDefault="00750190" w:rsidP="000120F9">
             <w:pPr>
               <w:pStyle w:val="ListeParagraf"/>
               <w:keepLines/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="17"/>
               </w:numPr>
               <w:tabs>
@@ -6997,160 +7341,330 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4036" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
           </w:tcPr>
           <w:p w14:paraId="3D07B6A7" w14:textId="77777777" w:rsidR="00750190" w:rsidRPr="00380DAD" w:rsidRDefault="00750190" w:rsidP="00750190">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="43D4CE42" w14:textId="77777777" w:rsidR="00812A86" w:rsidRPr="00750190" w:rsidRDefault="00000000" w:rsidP="00750190">
+    <w:p w14:paraId="43D4CE42" w14:textId="77777777" w:rsidR="00812A86" w:rsidRDefault="00000000" w:rsidP="00750190">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="5103"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
         <w:pict w14:anchorId="29DBD1FC">
           <v:rect id="Dikdörtgen 4" o:spid="_x0000_s1030" style="position:absolute;margin-left:-6.8pt;margin-top:119.45pt;width:480pt;height:21.9pt;z-index:251659264;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDGDsiINQIAAFAEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEFu2zAQvBfoHwjea8muk9iC5SBw6qJA&#10;2gZI+4A1RUlEKJJd0pbTh/UD+ViXlOPY7a2oDwRXuxzOznC9uN53mu0kemVNycejnDNphK2UaUr+&#10;/dv63YwzH8BUoK2RJX+Snl8v375Z9K6QE9taXUlkBGJ80buStyG4Isu8aGUHfmSdNJSsLXYQKMQm&#10;qxB6Qu90Nsnzy6y3WDm0QnpPX2+HJF8m/LqWInytay8D0yUnbiGtmNZNXLPlAooGwbVKHGjAP7Do&#10;QBm69Ah1CwHYFtVfUJ0SaL2tw0jYLrN1rYRMPVA34/yPbh5acDL1QuJ4d5TJ/z9Y8WV3j0xVJZ9y&#10;ZqAji27VY/X8C0MjDZtGgXrnC6p7cPcYW/TuzopHz4xdtWAaeYNo+1ZCRbTGsT47OxADT0fZpv9s&#10;K8KHbbBJq32NXQQkFdg+WfJ0tETuAxP08TKfX+Y5OScoN7majd8nzzIoXk479OGjtB2Lm5IjWZ7Q&#10;YXfnQ2QDxUtJYm+1qtZK6xRgs1lpZDug57FOv9QANXlapg3rSz6/mFwk5LOcP4UgppHscOtZWacC&#10;vXOtupLPjkVQRNk+mIoOQBFA6WFPlLU56BilGywI+80+OZVEjrJubPVEwqIdnjWNIW1aiz856+lJ&#10;l9z/2AJKzvQnQ+bMx9NpnIEUTC+uJhTgaWZzmgEjCKrkgbNhuwrD3Gwdqqalm8ZJDWNvyNBaJa1f&#10;WR3o07NNFhxGLM7FaZyqXv8Ilr8BAAD//wMAUEsDBBQABgAIAAAAIQD3gyf+3wAAAAkBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcWrsOikjIpkKgInFs0ws3J94mKbEdxU4b+HrM&#10;CY6reZp5W2wXM7ALTb53FmGzFsDINk73tkU4VrvVIzAflNVqcJYQvsjDtry9KVSu3dXu6XIILYsl&#10;1ucKoQthzDn3TUdG+bUbycbs5CajQjynlutJXWO5GbgUIuVG9TYudGqkl46az8NsEOpeHtX3vnoT&#10;Jtsl4X2pzvPHK+L93fL8BCzQEv5g+NWP6lBGp9rNVns2IKxkkkUUQQoJLAJZkm6A1QjpgwBeFvz/&#10;B+UPAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABb&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAA&#10;AAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAMYOyIg1AgAAUAQAAA4AAAAAAAAAAAAA&#10;AAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAPeDJ/7fAAAACQEAAA8AAAAAAAAA&#10;AAAAAAAAjwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACbBQAAAAA=&#10;">
             <v:textbox style="mso-next-textbox:#Dikdörtgen 4">
               <w:txbxContent>
                 <w:p w14:paraId="4DEC1CC0" w14:textId="77777777" w:rsidR="00F91A9C" w:rsidRPr="00BB1979" w:rsidRDefault="00F91A9C" w:rsidP="00F91A9C">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:b/>
                       <w:i/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00BB1979">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:b/>
                       <w:i/>
                     </w:rPr>
                     <w:t>Anketimiz sona ermiştir. Katılımınız için teşekkür ederiz.</w:t>
                   </w:r>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:rect>
         </w:pict>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00812A86" w:rsidRPr="00750190" w:rsidSect="00BA6534">
+    <w:p w14:paraId="47DBF976" w14:textId="77777777" w:rsidR="00901B8C" w:rsidRPr="00901B8C" w:rsidRDefault="00901B8C" w:rsidP="00901B8C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="17E3AFF4" w14:textId="77777777" w:rsidR="00901B8C" w:rsidRDefault="00901B8C" w:rsidP="00901B8C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="38ACF88F" w14:textId="497A4FF6" w:rsidR="00901B8C" w:rsidRDefault="00901B8C" w:rsidP="00901B8C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00162AFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>PP1.</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE705B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00162AFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.FR.00</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE705B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>47</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00162AFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>,R0,Kasım</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00162AFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2025</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00162AFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00162AFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>3/3</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E3623BD" w14:textId="642FC585" w:rsidR="00901B8C" w:rsidRPr="00162AFC" w:rsidRDefault="00901B8C" w:rsidP="00901B8C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00162AFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“Bu dokümanın basılı hâli kontrolsüz </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00162AFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>doküman</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00162AFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kabul edilmektedir. Lütfen web sitesinden enson versiyonuna ulaşınız.”</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00901B8C" w:rsidRPr="00162AFC" w:rsidSect="00BA6534">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="A2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="A2"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0A190241"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9DAC4EF0"/>
     <w:lvl w:ilvl="0" w:tplc="041F000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041F0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041F001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -8712,135 +9226,146 @@
   <w:num w:numId="11" w16cid:durableId="207837365">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1768648849">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1302155910">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="831675615">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="203753837">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="760377081">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1112941489">
     <w:abstractNumId w:val="12"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00CB5F29"/>
     <w:rsid w:val="000120F9"/>
+    <w:rsid w:val="00162AFC"/>
     <w:rsid w:val="00270690"/>
     <w:rsid w:val="002E6DA5"/>
+    <w:rsid w:val="002F7E81"/>
     <w:rsid w:val="003038C5"/>
     <w:rsid w:val="003057BD"/>
+    <w:rsid w:val="00305F55"/>
     <w:rsid w:val="003559DF"/>
     <w:rsid w:val="00380DAD"/>
     <w:rsid w:val="0038191C"/>
     <w:rsid w:val="003849B9"/>
     <w:rsid w:val="003A602A"/>
     <w:rsid w:val="003E4D10"/>
     <w:rsid w:val="00451858"/>
+    <w:rsid w:val="004B5330"/>
+    <w:rsid w:val="00630C07"/>
     <w:rsid w:val="00681423"/>
     <w:rsid w:val="00741578"/>
     <w:rsid w:val="00750190"/>
     <w:rsid w:val="00777C9D"/>
     <w:rsid w:val="00812A86"/>
     <w:rsid w:val="008D242B"/>
+    <w:rsid w:val="00901B8C"/>
+    <w:rsid w:val="009633EB"/>
     <w:rsid w:val="00967511"/>
     <w:rsid w:val="009A1105"/>
     <w:rsid w:val="009F4C76"/>
     <w:rsid w:val="00A150C9"/>
     <w:rsid w:val="00A31A25"/>
     <w:rsid w:val="00A43E91"/>
+    <w:rsid w:val="00A57B17"/>
     <w:rsid w:val="00A75C13"/>
     <w:rsid w:val="00A86FAD"/>
     <w:rsid w:val="00A906B1"/>
     <w:rsid w:val="00A96699"/>
+    <w:rsid w:val="00B348FB"/>
     <w:rsid w:val="00BA6534"/>
     <w:rsid w:val="00BB1979"/>
     <w:rsid w:val="00BB3AD8"/>
     <w:rsid w:val="00CB5F29"/>
     <w:rsid w:val="00CD3BD5"/>
     <w:rsid w:val="00D04724"/>
     <w:rsid w:val="00D31F66"/>
     <w:rsid w:val="00D974A6"/>
+    <w:rsid w:val="00DE705B"/>
     <w:rsid w:val="00E162FD"/>
     <w:rsid w:val="00E7235D"/>
     <w:rsid w:val="00E724B8"/>
     <w:rsid w:val="00ED477C"/>
     <w:rsid w:val="00F402C4"/>
     <w:rsid w:val="00F854ED"/>
     <w:rsid w:val="00F91A9C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="tr-TR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1031"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="3FDA9E82"/>
   <w15:docId w15:val="{6A9B4225-BA99-40F8-86A7-6FBB1A5EBB06}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="tr-TR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -8918,94 +9443,98 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
@@ -9299,59 +9828,59 @@
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalonMetniChar">
     <w:name w:val="Balon Metni Char"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
     <w:link w:val="BalonMetni"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00D04724"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Teması">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -9575,70 +10104,70 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>3454</Characters>
+  <Pages>1</Pages>
+  <Words>675</Words>
+  <Characters>3851</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>28</Lines>
-  <Paragraphs>8</Paragraphs>
+  <Lines>32</Lines>
+  <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Konu Başlığı</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4051</CharactersWithSpaces>
+  <CharactersWithSpaces>4517</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>test</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>