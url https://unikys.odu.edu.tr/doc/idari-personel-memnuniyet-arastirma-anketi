--- v1 (2025-12-16)
+++ v2 (2026-03-13)
@@ -2117,88 +2117,96 @@
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w14:paraId="68C6E381" w14:textId="77777777" w:rsidR="00451858" w:rsidRPr="00CD3BD5" w:rsidRDefault="00451858" w:rsidP="00BB3AD8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="459" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w14:paraId="3112C998" w14:textId="77777777" w:rsidR="00451858" w:rsidRPr="00CD3BD5" w:rsidRDefault="00451858" w:rsidP="00BB3AD8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5FBB6B4C" w14:textId="6DD0B094" w:rsidR="00162AFC" w:rsidRDefault="00162AFC" w:rsidP="00162AFC">
+    <w:p w14:paraId="5FBB6B4C" w14:textId="7AB95CD5" w:rsidR="00162AFC" w:rsidRDefault="00162AFC" w:rsidP="00162AFC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00162AFC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>PP1.</w:t>
       </w:r>
       <w:r w:rsidR="00DE705B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="00162AFC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.FR.00</w:t>
       </w:r>
-      <w:r w:rsidR="00DE705B">
+      <w:r w:rsidR="006B1C65">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>47</w:t>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="002F7649">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="00162AFC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>,R0,Kasım</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00162AFC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025</w:t>
       </w:r>
       <w:r w:rsidRPr="00162AFC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
@@ -4982,88 +4990,96 @@
           </w:tcPr>
           <w:p w14:paraId="371A8AFE" w14:textId="77777777" w:rsidR="00270690" w:rsidRPr="00CD3BD5" w:rsidRDefault="00270690" w:rsidP="00967511">
             <w:pPr>
               <w:ind w:left="284" w:hanging="284"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="459" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1053090B" w14:textId="77777777" w:rsidR="00270690" w:rsidRPr="00CD3BD5" w:rsidRDefault="00270690" w:rsidP="00967511">
             <w:pPr>
               <w:ind w:left="284" w:hanging="284"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="69F991DA" w14:textId="7A131785" w:rsidR="00162AFC" w:rsidRDefault="00162AFC" w:rsidP="00162AFC">
+    <w:p w14:paraId="69F991DA" w14:textId="7A84E8D8" w:rsidR="00162AFC" w:rsidRDefault="00162AFC" w:rsidP="00162AFC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00162AFC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>PP1.</w:t>
       </w:r>
       <w:r w:rsidR="00DE705B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="00162AFC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.FR.00</w:t>
       </w:r>
-      <w:r w:rsidR="00DE705B">
+      <w:r w:rsidR="006B1C65">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>47</w:t>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="002F7649">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="00162AFC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>,R0,Kasım</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00162AFC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025</w:t>
       </w:r>
       <w:r w:rsidRPr="00162AFC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
@@ -7399,88 +7415,96 @@
                       <w:i/>
                     </w:rPr>
                     <w:t>Anketimiz sona ermiştir. Katılımınız için teşekkür ederiz.</w:t>
                   </w:r>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:rect>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="47DBF976" w14:textId="77777777" w:rsidR="00901B8C" w:rsidRPr="00901B8C" w:rsidRDefault="00901B8C" w:rsidP="00901B8C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="17E3AFF4" w14:textId="77777777" w:rsidR="00901B8C" w:rsidRDefault="00901B8C" w:rsidP="00901B8C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="38ACF88F" w14:textId="497A4FF6" w:rsidR="00901B8C" w:rsidRDefault="00901B8C" w:rsidP="00901B8C">
+    <w:p w14:paraId="38ACF88F" w14:textId="2157594D" w:rsidR="00901B8C" w:rsidRDefault="00901B8C" w:rsidP="00901B8C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00162AFC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>PP1.</w:t>
       </w:r>
       <w:r w:rsidR="00DE705B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="00162AFC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.FR.00</w:t>
       </w:r>
-      <w:r w:rsidR="00DE705B">
+      <w:r w:rsidR="006B1C65">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>47</w:t>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="002F7649">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="00162AFC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>,R0,Kasım</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00162AFC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025</w:t>
       </w:r>
       <w:r w:rsidRPr="00162AFC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
@@ -9242,82 +9266,86 @@
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1112941489">
     <w:abstractNumId w:val="12"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00CB5F29"/>
     <w:rsid w:val="000120F9"/>
     <w:rsid w:val="00162AFC"/>
     <w:rsid w:val="00270690"/>
     <w:rsid w:val="002E6DA5"/>
+    <w:rsid w:val="002F7649"/>
     <w:rsid w:val="002F7E81"/>
     <w:rsid w:val="003038C5"/>
     <w:rsid w:val="003057BD"/>
     <w:rsid w:val="00305F55"/>
     <w:rsid w:val="003559DF"/>
     <w:rsid w:val="00380DAD"/>
     <w:rsid w:val="0038191C"/>
     <w:rsid w:val="003849B9"/>
     <w:rsid w:val="003A602A"/>
     <w:rsid w:val="003E4D10"/>
     <w:rsid w:val="00451858"/>
     <w:rsid w:val="004B5330"/>
+    <w:rsid w:val="0053546F"/>
     <w:rsid w:val="00630C07"/>
     <w:rsid w:val="00681423"/>
+    <w:rsid w:val="006B1C65"/>
     <w:rsid w:val="00741578"/>
     <w:rsid w:val="00750190"/>
     <w:rsid w:val="00777C9D"/>
     <w:rsid w:val="00812A86"/>
     <w:rsid w:val="008D242B"/>
     <w:rsid w:val="00901B8C"/>
     <w:rsid w:val="009633EB"/>
     <w:rsid w:val="00967511"/>
     <w:rsid w:val="009A1105"/>
     <w:rsid w:val="009F4C76"/>
     <w:rsid w:val="00A150C9"/>
     <w:rsid w:val="00A31A25"/>
     <w:rsid w:val="00A43E91"/>
     <w:rsid w:val="00A57B17"/>
     <w:rsid w:val="00A75C13"/>
     <w:rsid w:val="00A86FAD"/>
     <w:rsid w:val="00A906B1"/>
     <w:rsid w:val="00A96699"/>
+    <w:rsid w:val="00AE3627"/>
     <w:rsid w:val="00B348FB"/>
     <w:rsid w:val="00BA6534"/>
     <w:rsid w:val="00BB1979"/>
     <w:rsid w:val="00BB3AD8"/>
     <w:rsid w:val="00CB5F29"/>
     <w:rsid w:val="00CD3BD5"/>
     <w:rsid w:val="00D04724"/>
     <w:rsid w:val="00D31F66"/>
     <w:rsid w:val="00D974A6"/>
     <w:rsid w:val="00DE705B"/>
     <w:rsid w:val="00E162FD"/>
     <w:rsid w:val="00E7235D"/>
     <w:rsid w:val="00E724B8"/>
     <w:rsid w:val="00ED477C"/>
     <w:rsid w:val="00F402C4"/>
     <w:rsid w:val="00F854ED"/>
     <w:rsid w:val="00F91A9C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>