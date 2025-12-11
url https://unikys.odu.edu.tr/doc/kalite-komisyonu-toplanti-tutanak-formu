--- v0 (2025-10-25)
+++ v1 (2025-12-11)
@@ -1,40 +1,44 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9779" w:type="dxa"/>
         <w:tblInd w:w="33" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -1051,130 +1055,199 @@
             <w:tcW w:w="3580" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="4A9CC366" w14:textId="77777777" w:rsidR="00BC5F74" w:rsidRPr="00BC5F74" w:rsidRDefault="00BC5F74">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="420C9350" w14:textId="77777777" w:rsidR="001D489F" w:rsidRPr="00BC5F74" w:rsidRDefault="001D489F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="001D489F" w:rsidRPr="00BC5F74">
-      <w:headerReference w:type="default" r:id="rId6"/>
-      <w:footerReference w:type="default" r:id="rId7"/>
+      <w:headerReference w:type="even" r:id="rId6"/>
+      <w:headerReference w:type="default" r:id="rId7"/>
+      <w:footerReference w:type="even" r:id="rId8"/>
+      <w:footerReference w:type="default" r:id="rId9"/>
+      <w:headerReference w:type="first" r:id="rId10"/>
+      <w:footerReference w:type="first" r:id="rId11"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="036AC510" w14:textId="77777777" w:rsidR="00BD177D" w:rsidRDefault="00BD177D" w:rsidP="005022E9">
+    <w:p w14:paraId="24439D58" w14:textId="77777777" w:rsidR="00514A53" w:rsidRDefault="00514A53" w:rsidP="005022E9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2CC5F114" w14:textId="77777777" w:rsidR="00BD177D" w:rsidRDefault="00BD177D" w:rsidP="005022E9">
+    <w:p w14:paraId="561C1635" w14:textId="77777777" w:rsidR="00514A53" w:rsidRDefault="00514A53" w:rsidP="005022E9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="A2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="261A1082" w14:textId="3C913A45" w:rsidR="005022E9" w:rsidRDefault="003D112F" w:rsidP="00627931">
+  <w:p w14:paraId="1E6BB0C0" w14:textId="77777777" w:rsidR="00BD0DD3" w:rsidRDefault="00BD0DD3">
+    <w:pPr>
+      <w:pStyle w:val="AltBilgi"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="261A1082" w14:textId="777299ED" w:rsidR="005022E9" w:rsidRDefault="003D112F" w:rsidP="00627931">
     <w:pPr>
       <w:pStyle w:val="AltBilgi"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="003D112F">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>PP.5.2.FR.0002</w:t>
+      <w:t>PP</w:t>
+    </w:r>
+    <w:r w:rsidR="00BD0DD3">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i/>
+        <w:iCs/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>1</w:t>
+    </w:r>
+    <w:r w:rsidRPr="003D112F">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i/>
+        <w:iCs/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>.</w:t>
+    </w:r>
+    <w:r w:rsidR="00BD0DD3">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i/>
+        <w:iCs/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>1</w:t>
+    </w:r>
+    <w:r w:rsidRPr="003D112F">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i/>
+        <w:iCs/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>.FR.000</w:t>
+    </w:r>
+    <w:r w:rsidR="00BD0DD3">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i/>
+        <w:iCs/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">, </w:t>
     </w:r>
     <w:r w:rsidRPr="003D112F">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>R0,</w:t>
     </w:r>
     <w:r>
       <w:rPr>
@@ -1224,111 +1297,122 @@
     <w:pPr>
       <w:pStyle w:val="AltBilgi"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="2AE94697" w14:textId="439F8E98" w:rsidR="00632CA5" w:rsidRPr="00632CA5" w:rsidRDefault="00632CA5" w:rsidP="00627931">
     <w:pPr>
       <w:pStyle w:val="AltBilgi"/>
       <w:rPr>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00632CA5">
       <w:rPr>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>B</w:t>
-[...8 lines deleted...]
-      <w:t xml:space="preserve">u dokümanın basılı hâli kontrolsüz </w:t>
+      <w:t xml:space="preserve">Bu dokümanın basılı hâli kontrolsüz </w:t>
     </w:r>
     <w:proofErr w:type="gramStart"/>
     <w:r w:rsidRPr="00632CA5">
       <w:rPr>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>doküman</w:t>
     </w:r>
     <w:proofErr w:type="gramEnd"/>
     <w:r w:rsidRPr="00632CA5">
       <w:rPr>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> kabul edilmektedir. Lütfen web sitesinden en son versiyonuna ulaşınız</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="72EB8FFF" w14:textId="77777777" w:rsidR="00BD0DD3" w:rsidRDefault="00BD0DD3">
+    <w:pPr>
+      <w:pStyle w:val="AltBilgi"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="39953D30" w14:textId="77777777" w:rsidR="00BD177D" w:rsidRDefault="00BD177D" w:rsidP="005022E9">
+    <w:p w14:paraId="03A963C2" w14:textId="77777777" w:rsidR="00514A53" w:rsidRDefault="00514A53" w:rsidP="005022E9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4E7464CA" w14:textId="77777777" w:rsidR="00BD177D" w:rsidRDefault="00BD177D" w:rsidP="005022E9">
+    <w:p w14:paraId="75F9E219" w14:textId="77777777" w:rsidR="00514A53" w:rsidRDefault="00514A53" w:rsidP="005022E9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="53C3A8D2" w14:textId="77777777" w:rsidR="00BD0DD3" w:rsidRDefault="00BD0DD3">
+    <w:pPr>
+      <w:pStyle w:val="stBilgi"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7434E64A" w14:textId="33ADC280" w:rsidR="005022E9" w:rsidRDefault="003D112F">
     <w:pPr>
       <w:pStyle w:val="stBilgi"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2A13EE16" wp14:editId="28AD54AA">
           <wp:extent cx="781050" cy="939531"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="235668071" name="Resim 5" descr="metin, yazı tipi, poster, grafik içeren bir resim&#10;&#10;Açıklama otomatik olarak oluşturuldu"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="235668071" name="Resim 5" descr="metin, yazı tipi, poster, grafik içeren bir resim&#10;&#10;Açıklama otomatik olarak oluşturuldu"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
@@ -1344,50 +1428,53 @@
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="791196" cy="951736"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
     <w:r w:rsidRPr="003D112F">
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2C0B8244" wp14:editId="68F14552">
           <wp:extent cx="4722495" cy="876300"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="1175497014" name="Resim 4"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 7"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId2">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
@@ -1402,97 +1489,110 @@
                     <a:ext cx="4722495" cy="876300"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p w14:paraId="39ABBCE2" w14:textId="28991788" w:rsidR="003D112F" w:rsidRDefault="003D112F">
     <w:pPr>
       <w:pStyle w:val="stBilgi"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="540FADF3" w14:textId="77777777" w:rsidR="00BD0DD3" w:rsidRDefault="00BD0DD3">
+    <w:pPr>
+      <w:pStyle w:val="stBilgi"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001D489F"/>
     <w:rsid w:val="001D489F"/>
     <w:rsid w:val="00266D19"/>
     <w:rsid w:val="0033560F"/>
     <w:rsid w:val="003B539C"/>
     <w:rsid w:val="003B5D53"/>
     <w:rsid w:val="003D112F"/>
     <w:rsid w:val="00411206"/>
     <w:rsid w:val="005022E9"/>
+    <w:rsid w:val="00514A53"/>
     <w:rsid w:val="00627931"/>
     <w:rsid w:val="00632CA5"/>
     <w:rsid w:val="007163BE"/>
     <w:rsid w:val="007B76BD"/>
     <w:rsid w:val="007E26B7"/>
     <w:rsid w:val="00A70BC7"/>
     <w:rsid w:val="00AD78AE"/>
     <w:rsid w:val="00BC5F74"/>
+    <w:rsid w:val="00BD0DD3"/>
     <w:rsid w:val="00BD177D"/>
     <w:rsid w:val="00BE2635"/>
     <w:rsid w:val="00C20724"/>
+    <w:rsid w:val="00CB5A99"/>
     <w:rsid w:val="00D018F8"/>
     <w:rsid w:val="00D43654"/>
     <w:rsid w:val="00DA3A1B"/>
     <w:rsid w:val="00F77C55"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="tr-TR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
@@ -2484,54 +2584,54 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1547064892">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Teması">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
@@ -2791,69 +2891,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>37</Words>
-  <Characters>211</Characters>
+  <Words>38</Words>
+  <Characters>210</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>1</Lines>
-  <Paragraphs>1</Paragraphs>
+  <Lines>70</Lines>
+  <Paragraphs>30</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Konu Başlığı</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>247</CharactersWithSpaces>
+  <CharactersWithSpaces>218</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Hakan KURT</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>