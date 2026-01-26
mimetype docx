--- v1 (2025-12-11)
+++ v2 (2026-01-26)
@@ -1,1179 +1,2199 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9779" w:type="dxa"/>
+        <w:tblW w:w="9318" w:type="dxa"/>
         <w:tblInd w:w="33" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1238"/>
         <w:gridCol w:w="1843"/>
-        <w:gridCol w:w="992"/>
         <w:gridCol w:w="709"/>
-        <w:gridCol w:w="1276"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="851"/>
+        <w:gridCol w:w="283"/>
+        <w:gridCol w:w="567"/>
+        <w:gridCol w:w="1418"/>
+        <w:gridCol w:w="372"/>
+        <w:gridCol w:w="620"/>
         <w:gridCol w:w="75"/>
-        <w:gridCol w:w="2654"/>
+        <w:gridCol w:w="979"/>
+        <w:gridCol w:w="1214"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007B76BD" w:rsidRPr="00BC5F74" w14:paraId="567CD40D" w14:textId="77777777" w:rsidTr="007B76BD">
+      <w:tr w:rsidR="007B76BD" w:rsidRPr="00BC5F74" w14:paraId="567CD40D" w14:textId="77777777" w:rsidTr="00A31016">
         <w:trPr>
           <w:trHeight w:val="414"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9779" w:type="dxa"/>
-            <w:gridSpan w:val="9"/>
+            <w:tcW w:w="9318" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
           </w:tcPr>
           <w:p w14:paraId="6647405B" w14:textId="0F7E65CB" w:rsidR="007B76BD" w:rsidRPr="00BC5F74" w:rsidRDefault="007B76BD" w:rsidP="007B76BD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC5F74">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>TOPLANTI BİLGİLERİ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BC5F74" w:rsidRPr="00BC5F74" w14:paraId="6D89E1A0" w14:textId="6C4B92AE" w:rsidTr="007E26B7">
+      <w:tr w:rsidR="00BC5F74" w:rsidRPr="00BC5F74" w14:paraId="6D89E1A0" w14:textId="6C4B92AE" w:rsidTr="00A31016">
         <w:trPr>
           <w:trHeight w:val="365"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3081" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="26ED029C" w14:textId="09CF58DC" w:rsidR="007B76BD" w:rsidRPr="00BC5F74" w:rsidRDefault="007B76BD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC5F74">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Toplantıyı Düzenleyen Birim</w:t>
             </w:r>
             <w:r w:rsidR="007E26B7" w:rsidRPr="00BC5F74">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6698" w:type="dxa"/>
-            <w:gridSpan w:val="7"/>
+            <w:tcW w:w="6237" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
           </w:tcPr>
           <w:p w14:paraId="2A471B9E" w14:textId="77777777" w:rsidR="007B76BD" w:rsidRPr="00BC5F74" w:rsidRDefault="007B76BD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BC5F74" w:rsidRPr="00BC5F74" w14:paraId="30227F68" w14:textId="2B0B7C45" w:rsidTr="00BC5F74">
+      <w:tr w:rsidR="00BC5F74" w:rsidRPr="00BC5F74" w14:paraId="30227F68" w14:textId="2B0B7C45" w:rsidTr="00A31016">
         <w:trPr>
           <w:trHeight w:val="365"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3081" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="0DF64053" w14:textId="2A9CC5EB" w:rsidR="00BC5F74" w:rsidRPr="00BC5F74" w:rsidRDefault="00BC5F74">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC5F74">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Toplantı </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">ve Karar </w:t>
             </w:r>
             <w:r w:rsidRPr="00BC5F74">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Sayısı:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="3B0E56BE" w14:textId="77777777" w:rsidR="00BC5F74" w:rsidRPr="00BC5F74" w:rsidRDefault="00BC5F74" w:rsidP="00BC5F74">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5CBB8B56" w14:textId="1A6E2DF3" w:rsidR="00BC5F74" w:rsidRPr="00BC5F74" w:rsidRDefault="00BC5F74" w:rsidP="00BC5F74">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC5F74">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Tarih:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1AE906FB" w14:textId="77777777" w:rsidR="00BC5F74" w:rsidRPr="00BC5F74" w:rsidRDefault="00BC5F74" w:rsidP="00BC5F74">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="10C24502" w14:textId="3BA0FF33" w:rsidR="00BC5F74" w:rsidRPr="00BC5F74" w:rsidRDefault="00BC5F74" w:rsidP="00BC5F74">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC5F74">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Saat:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2729" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="72AB38EE" w14:textId="77777777" w:rsidR="00BC5F74" w:rsidRPr="00BC5F74" w:rsidRDefault="00BC5F74" w:rsidP="00BC5F74">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007B76BD" w:rsidRPr="00BC5F74" w14:paraId="6F564502" w14:textId="77777777" w:rsidTr="007E26B7">
+      <w:tr w:rsidR="007B76BD" w:rsidRPr="00BC5F74" w14:paraId="6F564502" w14:textId="77777777" w:rsidTr="00A31016">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3081" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="06103FC2" w14:textId="3992E56F" w:rsidR="007B76BD" w:rsidRPr="00BC5F74" w:rsidRDefault="007E26B7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC5F74">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Toplantı Yeri:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6698" w:type="dxa"/>
-            <w:gridSpan w:val="7"/>
+            <w:tcW w:w="6237" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
           </w:tcPr>
           <w:p w14:paraId="386AAC06" w14:textId="77777777" w:rsidR="007B76BD" w:rsidRPr="00BC5F74" w:rsidRDefault="007B76BD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007B76BD" w:rsidRPr="00BC5F74" w14:paraId="4B38EE8E" w14:textId="77777777" w:rsidTr="00BC5F74">
+      <w:tr w:rsidR="00A31016" w:rsidRPr="00BC5F74" w14:paraId="4B38EE8E" w14:textId="77777777" w:rsidTr="00A31016">
         <w:trPr>
-          <w:trHeight w:val="2031"/>
+          <w:trHeight w:val="135"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3081" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-          </w:tcPr>
-          <w:p w14:paraId="225C5CFA" w14:textId="77777777" w:rsidR="007E26B7" w:rsidRPr="00BC5F74" w:rsidRDefault="007E26B7" w:rsidP="007E26B7">
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="225C5CFA" w14:textId="77777777" w:rsidR="00A31016" w:rsidRPr="00BC5F74" w:rsidRDefault="00A31016" w:rsidP="007E26B7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="3F7BD692" w14:textId="77777777" w:rsidR="007E26B7" w:rsidRPr="00BC5F74" w:rsidRDefault="007E26B7" w:rsidP="007E26B7">
+          <w:p w14:paraId="3F7BD692" w14:textId="77777777" w:rsidR="00A31016" w:rsidRPr="00BC5F74" w:rsidRDefault="00A31016" w:rsidP="007E26B7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="0E70181A" w14:textId="77777777" w:rsidR="007E26B7" w:rsidRPr="00BC5F74" w:rsidRDefault="007E26B7" w:rsidP="007E26B7">
+          <w:p w14:paraId="0E70181A" w14:textId="77777777" w:rsidR="00A31016" w:rsidRPr="00BC5F74" w:rsidRDefault="00A31016" w:rsidP="007E26B7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5C2DBAF0" w14:textId="0CE37E47" w:rsidR="007B76BD" w:rsidRPr="00BC5F74" w:rsidRDefault="007E26B7" w:rsidP="007E26B7">
+          <w:p w14:paraId="6C0F5FE0" w14:textId="77777777" w:rsidR="00A31016" w:rsidRDefault="00A31016" w:rsidP="007E26B7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="76B9E43B" w14:textId="77777777" w:rsidR="00A31016" w:rsidRDefault="00A31016" w:rsidP="007E26B7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="40A28569" w14:textId="77777777" w:rsidR="00A31016" w:rsidRDefault="00A31016" w:rsidP="007E26B7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5C2DBAF0" w14:textId="5475A75D" w:rsidR="00A31016" w:rsidRPr="00BC5F74" w:rsidRDefault="00A31016" w:rsidP="007E26B7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC5F74">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Katılımcılar:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="21AAA7C6" w14:textId="612F0470" w:rsidR="007E26B7" w:rsidRPr="00BC5F74" w:rsidRDefault="007E26B7" w:rsidP="007E26B7">
+          <w:p w14:paraId="21AAA7C6" w14:textId="612F0470" w:rsidR="00A31016" w:rsidRPr="00BC5F74" w:rsidRDefault="00A31016" w:rsidP="007E26B7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6698" w:type="dxa"/>
-[...25 lines deleted...]
-              <w:t>1.</w:t>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F74690C" w14:textId="302B0D76" w:rsidR="00A31016" w:rsidRDefault="00A31016">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>S</w:t>
             </w:r>
-          </w:p>
-[...14 lines deleted...]
-              <w:t>2.</w:t>
+            <w:r w:rsidR="00B07CD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ıra </w:t>
             </w:r>
-          </w:p>
-[...14 lines deleted...]
-              <w:t>3.</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2640" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D7A9663" w14:textId="75E8F8F9" w:rsidR="00A31016" w:rsidRPr="00BC5F74" w:rsidRDefault="00AC5A7B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>U</w:t>
+            </w:r>
+            <w:r w:rsidR="00A31016">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>nvanı</w:t>
+            </w:r>
+            <w:r w:rsidR="00B07CD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">/ </w:t>
+            </w:r>
+            <w:r w:rsidR="00A31016">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Adı</w:t>
+            </w:r>
+            <w:r w:rsidR="00B07CD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00A31016">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Soyadı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1674" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="72E828DC" w14:textId="600D0936" w:rsidR="00A31016" w:rsidRPr="00BC5F74" w:rsidRDefault="00A31016">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Birim</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1214" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AF319FE" w14:textId="6629C06B" w:rsidR="00A31016" w:rsidRPr="00BC5F74" w:rsidRDefault="00A31016">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>İmza</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007B76BD" w:rsidRPr="00BC5F74" w14:paraId="2DC526CE" w14:textId="77777777" w:rsidTr="00266D19">
+      <w:tr w:rsidR="00A31016" w:rsidRPr="00BC5F74" w14:paraId="5E253698" w14:textId="77777777" w:rsidTr="00A31016">
+        <w:trPr>
+          <w:trHeight w:val="135"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3081" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="0B61765E" w14:textId="77777777" w:rsidR="00A31016" w:rsidRPr="00BC5F74" w:rsidRDefault="00A31016" w:rsidP="007E26B7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C412FA9" w14:textId="77777777" w:rsidR="00A31016" w:rsidRDefault="00A31016">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2640" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BCE51EA" w14:textId="77777777" w:rsidR="00A31016" w:rsidRDefault="00A31016">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1674" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="65297105" w14:textId="77777777" w:rsidR="00A31016" w:rsidRDefault="00A31016">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1214" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3506BA48" w14:textId="791A2D1A" w:rsidR="00A31016" w:rsidRDefault="00A31016">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A31016" w:rsidRPr="00BC5F74" w14:paraId="4EA60334" w14:textId="77777777" w:rsidTr="00A31016">
+        <w:trPr>
+          <w:trHeight w:val="135"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3081" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="54AC4846" w14:textId="77777777" w:rsidR="00A31016" w:rsidRPr="00BC5F74" w:rsidRDefault="00A31016" w:rsidP="007E26B7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B5F5BEC" w14:textId="77777777" w:rsidR="00A31016" w:rsidRDefault="00A31016">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2640" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w14:paraId="0456272F" w14:textId="77777777" w:rsidR="00A31016" w:rsidRDefault="00A31016">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1674" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="7829DD42" w14:textId="77777777" w:rsidR="00A31016" w:rsidRDefault="00A31016">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1214" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="705D8436" w14:textId="67EDDDB5" w:rsidR="00A31016" w:rsidRDefault="00A31016">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A31016" w:rsidRPr="00BC5F74" w14:paraId="33757F62" w14:textId="77777777" w:rsidTr="00A31016">
+        <w:trPr>
+          <w:trHeight w:val="135"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3081" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="51D5B7D5" w14:textId="77777777" w:rsidR="00A31016" w:rsidRPr="00BC5F74" w:rsidRDefault="00A31016" w:rsidP="007E26B7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5192EBEB" w14:textId="77777777" w:rsidR="00A31016" w:rsidRDefault="00A31016">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2640" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C716FEA" w14:textId="77777777" w:rsidR="00A31016" w:rsidRDefault="00A31016">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1674" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="76DF19CE" w14:textId="77777777" w:rsidR="00A31016" w:rsidRDefault="00A31016">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1214" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EFA4D55" w14:textId="715E814A" w:rsidR="00A31016" w:rsidRDefault="00A31016">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A31016" w:rsidRPr="00BC5F74" w14:paraId="756C7DFD" w14:textId="77777777" w:rsidTr="00A31016">
+        <w:trPr>
+          <w:trHeight w:val="135"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3081" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="3DA4B3B6" w14:textId="77777777" w:rsidR="00A31016" w:rsidRPr="00BC5F74" w:rsidRDefault="00A31016" w:rsidP="007E26B7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A3D789B" w14:textId="77777777" w:rsidR="00A31016" w:rsidRDefault="00A31016">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2640" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w14:paraId="134895D2" w14:textId="77777777" w:rsidR="00A31016" w:rsidRDefault="00A31016">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1674" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="62A86604" w14:textId="77777777" w:rsidR="00A31016" w:rsidRDefault="00A31016">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1214" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="728F102D" w14:textId="22E44526" w:rsidR="00A31016" w:rsidRDefault="00A31016">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A31016" w:rsidRPr="00BC5F74" w14:paraId="0E8FA333" w14:textId="77777777" w:rsidTr="00A31016">
+        <w:trPr>
+          <w:trHeight w:val="135"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3081" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="5E2A45A0" w14:textId="77777777" w:rsidR="00A31016" w:rsidRPr="00BC5F74" w:rsidRDefault="00A31016" w:rsidP="007E26B7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CE231FD" w14:textId="77777777" w:rsidR="00A31016" w:rsidRDefault="00A31016">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2640" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CA47C84" w14:textId="77777777" w:rsidR="00A31016" w:rsidRDefault="00A31016">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1674" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D49CA57" w14:textId="77777777" w:rsidR="00A31016" w:rsidRDefault="00A31016">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1214" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="16BDE890" w14:textId="683AA53E" w:rsidR="00A31016" w:rsidRDefault="00A31016">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A31016" w:rsidRPr="00BC5F74" w14:paraId="1903FF11" w14:textId="77777777" w:rsidTr="00A31016">
+        <w:trPr>
+          <w:trHeight w:val="135"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3081" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="3774888F" w14:textId="77777777" w:rsidR="00A31016" w:rsidRPr="00BC5F74" w:rsidRDefault="00A31016" w:rsidP="007E26B7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6078606C" w14:textId="77777777" w:rsidR="00A31016" w:rsidRDefault="00A31016">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2640" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w14:paraId="0517E974" w14:textId="77777777" w:rsidR="00A31016" w:rsidRDefault="00A31016">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1674" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="0163AEEF" w14:textId="77777777" w:rsidR="00A31016" w:rsidRDefault="00A31016">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1214" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CA7B629" w14:textId="03B8B806" w:rsidR="00A31016" w:rsidRDefault="00A31016">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A31016" w:rsidRPr="00BC5F74" w14:paraId="6E9C9AF9" w14:textId="77777777" w:rsidTr="00A31016">
+        <w:trPr>
+          <w:trHeight w:val="135"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3081" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="495CDD2E" w14:textId="77777777" w:rsidR="00A31016" w:rsidRPr="00BC5F74" w:rsidRDefault="00A31016" w:rsidP="007E26B7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="260E288A" w14:textId="77777777" w:rsidR="00A31016" w:rsidRDefault="00A31016">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2640" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w14:paraId="08360EDA" w14:textId="77777777" w:rsidR="00A31016" w:rsidRDefault="00A31016">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1674" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CE47712" w14:textId="77777777" w:rsidR="00A31016" w:rsidRDefault="00A31016">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1214" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A9E1BC9" w14:textId="46EA500F" w:rsidR="00A31016" w:rsidRDefault="00A31016">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A31016" w:rsidRPr="00BC5F74" w14:paraId="4E28394F" w14:textId="77777777" w:rsidTr="00A31016">
+        <w:trPr>
+          <w:trHeight w:val="135"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3081" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="08F24210" w14:textId="77777777" w:rsidR="00A31016" w:rsidRPr="00BC5F74" w:rsidRDefault="00A31016" w:rsidP="007E26B7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="585AD31C" w14:textId="77777777" w:rsidR="00A31016" w:rsidRDefault="00A31016">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2640" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F61B52F" w14:textId="77777777" w:rsidR="00A31016" w:rsidRDefault="00A31016">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1674" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="5270A803" w14:textId="77777777" w:rsidR="00A31016" w:rsidRDefault="00A31016">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1214" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="50DD202D" w14:textId="651100DC" w:rsidR="00A31016" w:rsidRDefault="00A31016">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A31016" w:rsidRPr="00BC5F74" w14:paraId="09E48795" w14:textId="77777777" w:rsidTr="00A31016">
+        <w:trPr>
+          <w:trHeight w:val="135"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3081" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="782B792B" w14:textId="77777777" w:rsidR="00A31016" w:rsidRPr="00BC5F74" w:rsidRDefault="00A31016" w:rsidP="007E26B7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="72CBF408" w14:textId="77777777" w:rsidR="00A31016" w:rsidRDefault="00A31016">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2640" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w14:paraId="155DBB03" w14:textId="77777777" w:rsidR="00A31016" w:rsidRDefault="00A31016">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1674" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="47DC2F57" w14:textId="77777777" w:rsidR="00A31016" w:rsidRDefault="00A31016">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1214" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="36D44EEC" w14:textId="25DEE38A" w:rsidR="00A31016" w:rsidRDefault="00A31016">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A31016" w:rsidRPr="00BC5F74" w14:paraId="228EC741" w14:textId="77777777" w:rsidTr="00A31016">
+        <w:trPr>
+          <w:trHeight w:val="135"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3081" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="1F321C6C" w14:textId="77777777" w:rsidR="00A31016" w:rsidRPr="00BC5F74" w:rsidRDefault="00A31016" w:rsidP="007E26B7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="62D8A054" w14:textId="77777777" w:rsidR="00A31016" w:rsidRDefault="00A31016">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2640" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B8BA782" w14:textId="77777777" w:rsidR="00A31016" w:rsidRDefault="00A31016">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1674" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="27A5FCC5" w14:textId="77777777" w:rsidR="00A31016" w:rsidRDefault="00A31016">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1214" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="60792509" w14:textId="05B744D7" w:rsidR="00A31016" w:rsidRDefault="00A31016">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A31016" w:rsidRPr="00BC5F74" w14:paraId="110F3F3F" w14:textId="77777777" w:rsidTr="00A31016">
+        <w:trPr>
+          <w:trHeight w:val="135"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3081" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="5A7EBB30" w14:textId="77777777" w:rsidR="00A31016" w:rsidRPr="00BC5F74" w:rsidRDefault="00A31016" w:rsidP="007E26B7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BDAD337" w14:textId="77777777" w:rsidR="00A31016" w:rsidRDefault="00A31016">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2640" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w14:paraId="44E5E87B" w14:textId="77777777" w:rsidR="00A31016" w:rsidRDefault="00A31016">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1674" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="43148821" w14:textId="77777777" w:rsidR="00A31016" w:rsidRDefault="00A31016">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1214" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4AE01194" w14:textId="4ABA65A9" w:rsidR="00A31016" w:rsidRDefault="00A31016">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A31016" w:rsidRPr="00BC5F74" w14:paraId="00A7D76D" w14:textId="77777777" w:rsidTr="00A31016">
+        <w:trPr>
+          <w:trHeight w:val="135"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3081" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="10FA1D9F" w14:textId="77777777" w:rsidR="00A31016" w:rsidRPr="00BC5F74" w:rsidRDefault="00A31016" w:rsidP="007E26B7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="26306E46" w14:textId="77777777" w:rsidR="00A31016" w:rsidRDefault="00A31016">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2640" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B032EB3" w14:textId="77777777" w:rsidR="00A31016" w:rsidRDefault="00A31016">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1674" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="34235681" w14:textId="77777777" w:rsidR="00A31016" w:rsidRDefault="00A31016">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1214" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="664F060C" w14:textId="7A6F983E" w:rsidR="00A31016" w:rsidRDefault="00A31016">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A31016" w:rsidRPr="00BC5F74" w14:paraId="4F16BCC7" w14:textId="77777777" w:rsidTr="00A31016">
+        <w:trPr>
+          <w:trHeight w:val="135"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3081" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="420014A3" w14:textId="77777777" w:rsidR="00A31016" w:rsidRPr="00BC5F74" w:rsidRDefault="00A31016" w:rsidP="007E26B7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4851A07D" w14:textId="77777777" w:rsidR="00A31016" w:rsidRDefault="00A31016">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2640" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E86BF66" w14:textId="77777777" w:rsidR="00A31016" w:rsidRDefault="00A31016">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1674" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="1269A870" w14:textId="77777777" w:rsidR="00A31016" w:rsidRDefault="00A31016">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1214" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="18249938" w14:textId="1C1E0FD2" w:rsidR="00A31016" w:rsidRDefault="00A31016">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A31016" w:rsidRPr="00BC5F74" w14:paraId="203766E5" w14:textId="77777777" w:rsidTr="00A31016">
+        <w:trPr>
+          <w:trHeight w:val="135"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3081" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="36550A6A" w14:textId="77777777" w:rsidR="00A31016" w:rsidRPr="00BC5F74" w:rsidRDefault="00A31016" w:rsidP="007E26B7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="559026A5" w14:textId="77777777" w:rsidR="00A31016" w:rsidRDefault="00A31016">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2640" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w14:paraId="16276C20" w14:textId="77777777" w:rsidR="00A31016" w:rsidRDefault="00A31016">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1674" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="016BB57C" w14:textId="77777777" w:rsidR="00A31016" w:rsidRDefault="00A31016">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1214" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="777D6277" w14:textId="6E51DCCA" w:rsidR="00A31016" w:rsidRDefault="00A31016">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007B76BD" w:rsidRPr="00BC5F74" w14:paraId="2DC526CE" w14:textId="77777777" w:rsidTr="00A31016">
         <w:trPr>
           <w:trHeight w:val="410"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9779" w:type="dxa"/>
-            <w:gridSpan w:val="9"/>
+            <w:tcW w:w="9318" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
           </w:tcPr>
           <w:p w14:paraId="2017026F" w14:textId="28B95B94" w:rsidR="007B76BD" w:rsidRPr="00BC5F74" w:rsidRDefault="007E26B7" w:rsidP="00266D19">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC5F74">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>GÜNDEM MADDELERİ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007B76BD" w:rsidRPr="00BC5F74" w14:paraId="45501F4D" w14:textId="2FEDF588" w:rsidTr="00BC5F74">
+      <w:tr w:rsidR="007B76BD" w:rsidRPr="00BC5F74" w14:paraId="45501F4D" w14:textId="2FEDF588" w:rsidTr="00A31016">
         <w:trPr>
           <w:trHeight w:val="829"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1238" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6B300347" w14:textId="77777777" w:rsidR="00BC5F74" w:rsidRDefault="00BC5F74" w:rsidP="007E26B7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6D753A72" w14:textId="48DF38C8" w:rsidR="007B76BD" w:rsidRPr="00BC5F74" w:rsidRDefault="007E26B7" w:rsidP="007E26B7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC5F74">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="00266D19">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8541" w:type="dxa"/>
-            <w:gridSpan w:val="8"/>
+            <w:tcW w:w="8080" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
           </w:tcPr>
           <w:p w14:paraId="56F134E7" w14:textId="77777777" w:rsidR="007B76BD" w:rsidRPr="00BC5F74" w:rsidRDefault="007B76BD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007B76BD" w:rsidRPr="00BC5F74" w14:paraId="2BE1CC64" w14:textId="77777777" w:rsidTr="00BC5F74">
+      <w:tr w:rsidR="007B76BD" w:rsidRPr="00BC5F74" w14:paraId="2BE1CC64" w14:textId="77777777" w:rsidTr="00A31016">
         <w:trPr>
           <w:trHeight w:val="879"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1238" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="47CB9519" w14:textId="77777777" w:rsidR="00BC5F74" w:rsidRDefault="00BC5F74" w:rsidP="007E26B7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="58AAED09" w14:textId="36922C25" w:rsidR="007B76BD" w:rsidRPr="00BC5F74" w:rsidRDefault="007E26B7" w:rsidP="007E26B7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC5F74">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="00266D19">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8541" w:type="dxa"/>
-            <w:gridSpan w:val="8"/>
+            <w:tcW w:w="8080" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
           </w:tcPr>
           <w:p w14:paraId="305444D7" w14:textId="77777777" w:rsidR="007B76BD" w:rsidRPr="00BC5F74" w:rsidRDefault="007B76BD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BC5F74" w:rsidRPr="00BC5F74" w14:paraId="083D6DF9" w14:textId="5732BF1D" w:rsidTr="00BC5F74">
+      <w:tr w:rsidR="00BC5F74" w:rsidRPr="00BC5F74" w14:paraId="083D6DF9" w14:textId="5732BF1D" w:rsidTr="00387E1D">
         <w:trPr>
           <w:trHeight w:val="387"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7125" w:type="dxa"/>
-            <w:gridSpan w:val="8"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="4829D782" w14:textId="6668B538" w:rsidR="00BC5F74" w:rsidRPr="00BC5F74" w:rsidRDefault="00BC5F74" w:rsidP="007E26B7">
+            <w:gridSpan w:val="9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4829D782" w14:textId="6668B538" w:rsidR="00BC5F74" w:rsidRPr="00BC5F74" w:rsidRDefault="00BC5F74" w:rsidP="00387E1D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC5F74">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>KARARLAR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2654" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="50DA93A6" w14:textId="28AA858E" w:rsidR="00BC5F74" w:rsidRPr="00BC5F74" w:rsidRDefault="00BC5F74" w:rsidP="00BC5F74">
+            <w:tcW w:w="2193" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="50DA93A6" w14:textId="28AA858E" w:rsidR="00BC5F74" w:rsidRPr="00BC5F74" w:rsidRDefault="00BC5F74" w:rsidP="00387E1D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC5F74">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>SORUMLU</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BC5F74" w:rsidRPr="00BC5F74" w14:paraId="2DE7DF5D" w14:textId="3D2506F0" w:rsidTr="00BC5F74">
+      <w:tr w:rsidR="00BC5F74" w:rsidRPr="00BC5F74" w14:paraId="2DE7DF5D" w14:textId="3D2506F0" w:rsidTr="00A31016">
         <w:trPr>
           <w:trHeight w:val="879"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1238" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3D47486A" w14:textId="77777777" w:rsidR="00BC5F74" w:rsidRDefault="00BC5F74" w:rsidP="007E26B7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4C97EE41" w14:textId="20B458F7" w:rsidR="00BC5F74" w:rsidRPr="00BC5F74" w:rsidRDefault="00BC5F74" w:rsidP="007E26B7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC5F74">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="00266D19">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5887" w:type="dxa"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="8"/>
           </w:tcPr>
           <w:p w14:paraId="7B9C153E" w14:textId="77777777" w:rsidR="00BC5F74" w:rsidRPr="00BC5F74" w:rsidRDefault="00BC5F74">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2654" w:type="dxa"/>
+            <w:tcW w:w="2193" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="50880000" w14:textId="77777777" w:rsidR="00BC5F74" w:rsidRPr="00BC5F74" w:rsidRDefault="00BC5F74">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BC5F74" w:rsidRPr="00BC5F74" w14:paraId="6323F64B" w14:textId="77777777" w:rsidTr="00BC5F74">
+      <w:tr w:rsidR="00BC5F74" w:rsidRPr="00BC5F74" w14:paraId="6323F64B" w14:textId="77777777" w:rsidTr="00A31016">
         <w:trPr>
           <w:trHeight w:val="458"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1238" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2F6686ED" w14:textId="77777777" w:rsidR="00BC5F74" w:rsidRDefault="00BC5F74" w:rsidP="007E26B7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="51C34930" w14:textId="41C5C72F" w:rsidR="00BC5F74" w:rsidRPr="00BC5F74" w:rsidRDefault="00BC5F74" w:rsidP="007E26B7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC5F74">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="00266D19">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5887" w:type="dxa"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="8"/>
           </w:tcPr>
           <w:p w14:paraId="4BDB954C" w14:textId="77777777" w:rsidR="00BC5F74" w:rsidRPr="00BC5F74" w:rsidRDefault="00BC5F74">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2654" w:type="dxa"/>
+            <w:tcW w:w="2193" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="41FB5CCD" w14:textId="77777777" w:rsidR="00BC5F74" w:rsidRPr="00BC5F74" w:rsidRDefault="00BC5F74">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007B76BD" w:rsidRPr="00BC5F74" w14:paraId="37C3D787" w14:textId="77777777" w:rsidTr="00BC5F74">
+      <w:tr w:rsidR="00A31016" w:rsidRPr="00BC5F74" w14:paraId="5F46C094" w14:textId="77777777" w:rsidTr="00A31016">
         <w:trPr>
-          <w:trHeight w:val="746"/>
+          <w:trHeight w:val="458"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1238" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="28E0BD15" w14:textId="77777777" w:rsidR="00BC5F74" w:rsidRDefault="00BC5F74" w:rsidP="007E26B7">
+          <w:p w14:paraId="07FD0ADC" w14:textId="756DA8E2" w:rsidR="00A31016" w:rsidRDefault="00A31016" w:rsidP="007E26B7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...15 lines deleted...]
-              <w:t>Sıra No:</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4961" w:type="dxa"/>
-[...207 lines deleted...]
-          <w:p w14:paraId="4A9CC366" w14:textId="77777777" w:rsidR="00BC5F74" w:rsidRPr="00BC5F74" w:rsidRDefault="00BC5F74">
+            <w:tcW w:w="5887" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+          </w:tcPr>
+          <w:p w14:paraId="11964203" w14:textId="77777777" w:rsidR="00A31016" w:rsidRPr="00BC5F74" w:rsidRDefault="00A31016">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2193" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C6F2762" w14:textId="77777777" w:rsidR="00A31016" w:rsidRPr="00BC5F74" w:rsidRDefault="00A31016">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="420C9350" w14:textId="77777777" w:rsidR="001D489F" w:rsidRPr="00BC5F74" w:rsidRDefault="001D489F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="001D489F" w:rsidRPr="00BC5F74">
-[...5 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId11"/>
+    <w:sectPr w:rsidR="001D489F" w:rsidRPr="00BC5F74" w:rsidSect="00E446CC">
+      <w:headerReference w:type="default" r:id="rId6"/>
+      <w:footerReference w:type="default" r:id="rId7"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1985" w:right="1417" w:bottom="1417" w:left="1417" w:header="426" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="24439D58" w14:textId="77777777" w:rsidR="00514A53" w:rsidRDefault="00514A53" w:rsidP="005022E9">
+    <w:p w14:paraId="0405CF13" w14:textId="77777777" w:rsidR="00FF36CA" w:rsidRDefault="00FF36CA" w:rsidP="005022E9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="561C1635" w14:textId="77777777" w:rsidR="00514A53" w:rsidRDefault="00514A53" w:rsidP="005022E9">
+    <w:p w14:paraId="21FCFD23" w14:textId="77777777" w:rsidR="00FF36CA" w:rsidRDefault="00FF36CA" w:rsidP="005022E9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="A2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-[...8 lines deleted...]
-<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="261A1082" w14:textId="777299ED" w:rsidR="005022E9" w:rsidRDefault="003D112F" w:rsidP="00627931">
     <w:pPr>
       <w:pStyle w:val="AltBilgi"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="003D112F">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>PP</w:t>
     </w:r>
     <w:r w:rsidR="00BD0DD3">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:i/>
@@ -1323,280 +2343,306 @@
     </w:r>
     <w:proofErr w:type="gramStart"/>
     <w:r w:rsidRPr="00632CA5">
       <w:rPr>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>doküman</w:t>
     </w:r>
     <w:proofErr w:type="gramEnd"/>
     <w:r w:rsidRPr="00632CA5">
       <w:rPr>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> kabul edilmektedir. Lütfen web sitesinden en son versiyonuna ulaşınız</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="03A963C2" w14:textId="77777777" w:rsidR="00514A53" w:rsidRDefault="00514A53" w:rsidP="005022E9">
+    <w:p w14:paraId="12955DF9" w14:textId="77777777" w:rsidR="00FF36CA" w:rsidRDefault="00FF36CA" w:rsidP="005022E9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="75F9E219" w14:textId="77777777" w:rsidR="00514A53" w:rsidRDefault="00514A53" w:rsidP="005022E9">
+    <w:p w14:paraId="2BFE58FE" w14:textId="77777777" w:rsidR="00FF36CA" w:rsidRDefault="00FF36CA" w:rsidP="005022E9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="53C3A8D2" w14:textId="77777777" w:rsidR="00BD0DD3" w:rsidRDefault="00BD0DD3">
+  <w:p w14:paraId="64859917" w14:textId="276C28D2" w:rsidR="00A41489" w:rsidRDefault="00E446CC" w:rsidP="00E446CC">
     <w:pPr>
       <w:pStyle w:val="stBilgi"/>
-    </w:pPr>
-[...8 lines deleted...]
-      <w:pStyle w:val="stBilgi"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:noProof/>
+      </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2A13EE16" wp14:editId="28AD54AA">
-          <wp:extent cx="781050" cy="939531"/>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3F57C598" wp14:editId="15C0FB0F">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="column">
+            <wp:posOffset>100330</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>-87630</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="838200" cy="952500"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
-          <wp:docPr id="235668071" name="Resim 5" descr="metin, yazı tipi, poster, grafik içeren bir resim&#10;&#10;Açıklama otomatik olarak oluşturuldu"/>
+          <wp:wrapSquare wrapText="bothSides"/>
+          <wp:docPr id="1029883032" name="Resim 5" descr="metin, yazı tipi, poster, grafik içeren bir resim&#10;&#10;Açıklama otomatik olarak oluşturuldu"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="235668071" name="Resim 5" descr="metin, yazı tipi, poster, grafik içeren bir resim&#10;&#10;Açıklama otomatik olarak oluşturuldu"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="791196" cy="951736"/>
+                    <a:ext cx="838200" cy="952500"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
-        </wp:inline>
-[...52 lines deleted...]
-        </wp:inline>
+          <wp14:sizeRelH relativeFrom="margin">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="margin">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
+        </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
-  <w:p w14:paraId="39ABBCE2" w14:textId="28991788" w:rsidR="003D112F" w:rsidRDefault="003D112F">
+  <w:p w14:paraId="27FC211A" w14:textId="1D61A7F1" w:rsidR="00A41489" w:rsidRPr="00E446CC" w:rsidRDefault="00A41489" w:rsidP="00A41489">
     <w:pPr>
       <w:pStyle w:val="stBilgi"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b/>
+        <w:bCs/>
+        <w:noProof/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
     </w:pPr>
+    <w:r w:rsidRPr="00E446CC">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b/>
+        <w:bCs/>
+        <w:noProof/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:t>T.C.</w:t>
+    </w:r>
   </w:p>
-</w:hdr>
-[...4 lines deleted...]
-  <w:p w14:paraId="540FADF3" w14:textId="77777777" w:rsidR="00BD0DD3" w:rsidRDefault="00BD0DD3">
+  <w:p w14:paraId="0E8E9D1E" w14:textId="6D9F8C16" w:rsidR="00A41489" w:rsidRPr="00E446CC" w:rsidRDefault="00A41489" w:rsidP="00A41489">
+    <w:pPr>
+      <w:pStyle w:val="stBilgi"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b/>
+        <w:bCs/>
+        <w:noProof/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="00E446CC">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b/>
+        <w:bCs/>
+        <w:noProof/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:t>ORDU ÜNİVERSİTESİ</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="102E43FF" w14:textId="468A282C" w:rsidR="00A41489" w:rsidRPr="00E446CC" w:rsidRDefault="00A41489" w:rsidP="00A41489">
+    <w:pPr>
+      <w:pStyle w:val="stBilgi"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="00E446CC">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b/>
+        <w:bCs/>
+        <w:noProof/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:t xml:space="preserve">  KALİTE KOMİSYONU TOPLANTI TUTANAK FORMU</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="59F334AC" w14:textId="77777777" w:rsidR="00A41489" w:rsidRDefault="00A41489" w:rsidP="00A41489">
     <w:pPr>
       <w:pStyle w:val="stBilgi"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001D489F"/>
     <w:rsid w:val="001D489F"/>
+    <w:rsid w:val="0022736F"/>
+    <w:rsid w:val="00247C52"/>
     <w:rsid w:val="00266D19"/>
     <w:rsid w:val="0033560F"/>
+    <w:rsid w:val="00387E1D"/>
     <w:rsid w:val="003B539C"/>
     <w:rsid w:val="003B5D53"/>
     <w:rsid w:val="003D112F"/>
     <w:rsid w:val="00411206"/>
+    <w:rsid w:val="0042066F"/>
+    <w:rsid w:val="00476DA3"/>
     <w:rsid w:val="005022E9"/>
     <w:rsid w:val="00514A53"/>
     <w:rsid w:val="00627931"/>
     <w:rsid w:val="00632CA5"/>
+    <w:rsid w:val="006D6D19"/>
     <w:rsid w:val="007163BE"/>
+    <w:rsid w:val="0078733C"/>
     <w:rsid w:val="007B76BD"/>
     <w:rsid w:val="007E26B7"/>
+    <w:rsid w:val="0094675E"/>
+    <w:rsid w:val="00997304"/>
+    <w:rsid w:val="00A31016"/>
+    <w:rsid w:val="00A41489"/>
     <w:rsid w:val="00A70BC7"/>
+    <w:rsid w:val="00AC2208"/>
+    <w:rsid w:val="00AC5A7B"/>
     <w:rsid w:val="00AD78AE"/>
+    <w:rsid w:val="00B07CD4"/>
     <w:rsid w:val="00BC5F74"/>
     <w:rsid w:val="00BD0DD3"/>
     <w:rsid w:val="00BD177D"/>
     <w:rsid w:val="00BE2635"/>
     <w:rsid w:val="00C20724"/>
     <w:rsid w:val="00CB5A99"/>
     <w:rsid w:val="00D018F8"/>
     <w:rsid w:val="00D43654"/>
     <w:rsid w:val="00DA3A1B"/>
+    <w:rsid w:val="00E446CC"/>
     <w:rsid w:val="00F77C55"/>
+    <w:rsid w:val="00FD4012"/>
+    <w:rsid w:val="00FF36CA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="tr-TR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="4CF8D9B8"/>
@@ -2584,55 +3630,55 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1547064892">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Teması">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -2891,69 +3937,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>38</Words>
-  <Characters>210</Characters>
+  <Words>48</Words>
+  <Characters>276</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>70</Lines>
-  <Paragraphs>30</Paragraphs>
+  <Lines>2</Lines>
+  <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Konu Başlığı</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>218</CharactersWithSpaces>
+  <CharactersWithSpaces>323</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Hakan KURT</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>