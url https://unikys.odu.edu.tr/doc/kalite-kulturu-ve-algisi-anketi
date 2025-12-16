--- v0 (2025-10-31)
+++ v1 (2025-12-16)
@@ -1,1607 +1,1681 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="007D5C44" w:rsidRPr="000A4CE9" w:rsidRDefault="007D5C44" w:rsidP="000A4CE9">
+    <w:p w14:paraId="6BCB20A7" w14:textId="77777777" w:rsidR="007D5C44" w:rsidRPr="000A4CE9" w:rsidRDefault="007D5C44" w:rsidP="000A4CE9">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="6" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:vanish/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000A4CE9">
         <w:rPr>
           <w:vanish/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Formun Üstü</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00661A0E" w:rsidRPr="000A4CE9" w:rsidRDefault="00661A0E" w:rsidP="000A4CE9">
+    <w:p w14:paraId="2E9D8B14" w14:textId="77777777" w:rsidR="00D43EA6" w:rsidRDefault="00D43EA6" w:rsidP="00D7013C">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="6" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="61581D2E" w14:textId="168E465B" w:rsidR="00D7013C" w:rsidRPr="000A4CE9" w:rsidRDefault="00D43EA6" w:rsidP="00D7013C">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="6" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0B17E7D5" wp14:editId="3E33FD2F">
+            <wp:extent cx="723900" cy="781050"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="207737300" name="Resim 1" descr="yazı tipi, metin, logo, grafik içeren bir resim&#10;&#10;Yapay zeka tarafından oluşturulmuş içerik yanlış olabilir."/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="207737300" name="Resim 1" descr="yazı tipi, metin, logo, grafik içeren bir resim&#10;&#10;Yapay zeka tarafından oluşturulmuş içerik yanlış olabilir."/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId7">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="723900" cy="781050"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidR="00D7013C" w:rsidRPr="00D7013C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D7013C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                       </w:t>
+      </w:r>
+      <w:r w:rsidR="00D7013C" w:rsidRPr="000A4CE9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>KALİTE KÜLTÜRÜ VE ALGISI ANKETİ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C0C14FB" w14:textId="0C644D53" w:rsidR="00D43EA6" w:rsidRDefault="00D43EA6" w:rsidP="00D43EA6">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="6" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="55B4BC73" w14:textId="77777777" w:rsidR="00C1194A" w:rsidRPr="000A4CE9" w:rsidRDefault="00C1194A" w:rsidP="000A4CE9">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="6" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DF6997" w:rsidRPr="000A4CE9" w:rsidRDefault="00661A0E" w:rsidP="000A4CE9">
+    <w:p w14:paraId="11AE740D" w14:textId="77777777" w:rsidR="00C1194A" w:rsidRPr="000A4CE9" w:rsidRDefault="00C1194A" w:rsidP="000A4CE9">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="6" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A4CE9">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bu anket Ordu Üniversitesi Kalite Koordinatörlüğü tarafından </w:t>
+      </w:r>
+      <w:r w:rsidR="007537CA" w:rsidRPr="00F434B8">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ordu Üniversitesi Anket Komisyonu’nun katkı, değerlendirme ve uygun görüşü ile </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A4CE9">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ordu Üniversitesi </w:t>
+      </w:r>
+      <w:r w:rsidR="004420B5">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>çalışan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A4CE9">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>larında kalite kültürünü ve algı düzeyini belirlemek amacı ile hazırlanmıştır. Ankete katılım tamamen gönüllülük esasına dayanmak ile birlikte ankete katıl</w:t>
+      </w:r>
+      <w:r w:rsidR="004420B5">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ımı</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A4CE9">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nız anket sonucunda elde edeceğimiz verilere göre Üniversitemizde kalite kültürünü yaygınlaştırma yolunda Koordinatörlük çalışmalarımıza ışık tutacaktır. Koordinatörlüğümüz kişisel bilgilerinizin </w:t>
+      </w:r>
+      <w:r w:rsidR="007537CA" w:rsidRPr="000A4CE9">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>tamamıyla</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A4CE9">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> gizli tutulacağını taahhüt etmektedir. Anket</w:t>
+      </w:r>
+      <w:r w:rsidR="000C3903" w:rsidRPr="000A4CE9">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>i cevaplamanız için gereken süre yaklaşık 7 dakikadır. Ankete katılımınız ve koordinatörlük çalışmalarımıza verdiğiniz destek için şimdiden teşekkür ederiz.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CA6DC41" w14:textId="77777777" w:rsidR="000C3903" w:rsidRPr="000A4CE9" w:rsidRDefault="000C3903" w:rsidP="000A4CE9">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="6" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="585C9908" w14:textId="77777777" w:rsidR="000A4CE9" w:rsidRPr="00DC4096" w:rsidRDefault="000C3903" w:rsidP="000A4CE9">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="6" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:jc w:val="right"/>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000A4CE9">
+      <w:r w:rsidRPr="00DC4096">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">KALİTE </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C1194A" w:rsidRPr="000A4CE9">
+        <w:t xml:space="preserve">Ordu Üniversitesi </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7367A5A4" w14:textId="77777777" w:rsidR="000C3903" w:rsidRPr="00DC4096" w:rsidRDefault="000C3903" w:rsidP="000A4CE9">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="6" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">KÜLTÜRÜ VE ALGISI </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="000A4CE9">
+      </w:pPr>
+      <w:r w:rsidRPr="00DC4096">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ANKETİ</w:t>
+        <w:t>Kalite Koordinatörlüğü</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C1194A" w:rsidRPr="000A4CE9" w:rsidRDefault="00C1194A" w:rsidP="000A4CE9">
+    <w:p w14:paraId="6A4A6755" w14:textId="77777777" w:rsidR="000C3903" w:rsidRPr="000A4CE9" w:rsidRDefault="000C3903" w:rsidP="000A4CE9">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="6" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C1194A" w:rsidRPr="000A4CE9" w:rsidRDefault="00C1194A" w:rsidP="000A4CE9">
-[...92 lines deleted...]
-    <w:p w:rsidR="000C3903" w:rsidRPr="000A4CE9" w:rsidRDefault="000C3903" w:rsidP="000A4CE9">
+    <w:p w14:paraId="436B114E" w14:textId="77777777" w:rsidR="000C3903" w:rsidRPr="000A4CE9" w:rsidRDefault="000C3903" w:rsidP="000A4CE9">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="6" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000A4CE9" w:rsidRPr="00DC4096" w:rsidRDefault="000C3903" w:rsidP="000A4CE9">
+    <w:p w14:paraId="7D83A69D" w14:textId="77777777" w:rsidR="007537CA" w:rsidRPr="00F434B8" w:rsidRDefault="007537CA" w:rsidP="007537CA">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="6" w:space="1" w:color="auto"/>
         </w:pBdr>
-        <w:jc w:val="right"/>
-[...1 lines deleted...]
-          <w:b/>
+        <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DC4096">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Ordu Üniversitesi </w:t>
+      <w:r w:rsidRPr="00F434B8">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Cinsiyet</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F434B8">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00F434B8">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00F434B8">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00F434B8">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00F434B8">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00F434B8">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00F434B8">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>a) Kadın</w:t>
+      </w:r>
+      <w:r w:rsidR="00F434B8">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00F434B8">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00F434B8">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00F434B8">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>b) Erkek</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C3903" w:rsidRPr="00DC4096" w:rsidRDefault="000C3903" w:rsidP="000A4CE9">
+    <w:p w14:paraId="3E9BC79A" w14:textId="77777777" w:rsidR="007537CA" w:rsidRPr="00F434B8" w:rsidRDefault="007537CA" w:rsidP="007537CA">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="6" w:space="1" w:color="auto"/>
         </w:pBdr>
-        <w:jc w:val="right"/>
-[...1 lines deleted...]
-          <w:b/>
+        <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DC4096">
-[...6 lines deleted...]
-        <w:t>Kalite Koordinatörlüğü</w:t>
+      <w:r w:rsidRPr="00F434B8">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Yaş</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F434B8">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00F434B8">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00F434B8">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00F434B8">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00F434B8">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00F434B8">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00F434B8">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00F434B8">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>a) ≤30</w:t>
+      </w:r>
+      <w:r w:rsidR="00F434B8">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00F434B8">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00F434B8">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00F434B8">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00F434B8">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>b)</w:t>
+      </w:r>
+      <w:r w:rsidR="00F434B8">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F434B8">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>31-40</w:t>
+      </w:r>
+      <w:r w:rsidR="00F434B8">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00F434B8">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>c) 41-55</w:t>
+      </w:r>
+      <w:r w:rsidR="00F434B8">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00F434B8">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>d)</w:t>
+      </w:r>
+      <w:r w:rsidR="00F434B8">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F434B8">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">&gt;55 </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C3903" w:rsidRPr="000A4CE9" w:rsidRDefault="000C3903" w:rsidP="000A4CE9">
+    <w:p w14:paraId="79452E71" w14:textId="77777777" w:rsidR="007537CA" w:rsidRPr="00F434B8" w:rsidRDefault="007537CA" w:rsidP="007537CA">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="6" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F434B8">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Göreviniz</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F434B8">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00F434B8">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00F434B8">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00F434B8">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00F434B8">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00F434B8">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00F434B8">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>a) Akademik personel</w:t>
+      </w:r>
+      <w:r w:rsidR="00F434B8">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00F434B8">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00F434B8">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>b)</w:t>
+      </w:r>
+      <w:r w:rsidR="00F434B8">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F434B8">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>İdari personel</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E139A89" w14:textId="77777777" w:rsidR="007537CA" w:rsidRPr="00F434B8" w:rsidRDefault="007537CA" w:rsidP="007537CA">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="6" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F434B8">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Kaç Yıldır Ordu Üniversitesinde Görev Yapmaktasınız</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F434B8">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00F434B8">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00F434B8">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a) ≤5    </w:t>
+      </w:r>
+      <w:r w:rsidR="00F434B8">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00F434B8">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00F434B8">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00F434B8">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00F434B8">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>b)</w:t>
+      </w:r>
+      <w:r w:rsidR="00F434B8">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F434B8">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6-10     </w:t>
+      </w:r>
+      <w:r w:rsidR="00F434B8">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00F434B8">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00F434B8">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">c)11-20    </w:t>
+      </w:r>
+      <w:r w:rsidR="00F434B8">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00F434B8">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>d)&gt;20</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="011C72C8" w14:textId="77777777" w:rsidR="007537CA" w:rsidRPr="00F434B8" w:rsidRDefault="007537CA" w:rsidP="007537CA">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="6" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F434B8">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Görev Yaptığınız Birim</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F434B8">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00F434B8">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00F434B8">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00F434B8">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00F434B8">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00F434B8">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>a) Akademik Birim</w:t>
+      </w:r>
+      <w:r w:rsidR="00F434B8">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00F434B8">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>b) İdari Birim</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B6C239F" w14:textId="77777777" w:rsidR="00DF6997" w:rsidRPr="000A4CE9" w:rsidRDefault="00DF6997" w:rsidP="000A4CE9">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="6" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000C3903" w:rsidRPr="000A4CE9" w:rsidRDefault="000C3903" w:rsidP="000A4CE9">
-[...671 lines deleted...]
-    <w:p w:rsidR="00DF6997" w:rsidRPr="000A4CE9" w:rsidRDefault="00DF6997" w:rsidP="000A4CE9">
+    <w:p w14:paraId="3E9F50BF" w14:textId="77777777" w:rsidR="00DF6997" w:rsidRPr="000A4CE9" w:rsidRDefault="00DF6997" w:rsidP="000A4CE9">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="6" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TabloKlavuzu"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6836"/>
         <w:gridCol w:w="1561"/>
         <w:gridCol w:w="1561"/>
         <w:gridCol w:w="1292"/>
         <w:gridCol w:w="1378"/>
         <w:gridCol w:w="1378"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000A4CE9" w:rsidRPr="000A4CE9" w:rsidTr="00F434B8">
+      <w:tr w:rsidR="000A4CE9" w:rsidRPr="000A4CE9" w14:paraId="71A1171E" w14:textId="77777777" w:rsidTr="00F434B8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6836" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF6997" w:rsidRPr="000A4CE9" w:rsidRDefault="00DF6997" w:rsidP="00F434B8">
+          <w:p w14:paraId="00E9875B" w14:textId="77777777" w:rsidR="00DF6997" w:rsidRPr="000A4CE9" w:rsidRDefault="00DF6997" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF6997" w:rsidRPr="000A4CE9" w:rsidRDefault="00DF6997" w:rsidP="00F434B8">
+          <w:p w14:paraId="19FA6AFA" w14:textId="77777777" w:rsidR="00DF6997" w:rsidRPr="000A4CE9" w:rsidRDefault="00DF6997" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A4CE9">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Kesinlikle Katılmıyorum</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF6997" w:rsidRPr="000A4CE9" w:rsidRDefault="00DF6997" w:rsidP="00F434B8">
+          <w:p w14:paraId="36E6C626" w14:textId="77777777" w:rsidR="00DF6997" w:rsidRPr="000A4CE9" w:rsidRDefault="00DF6997" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A4CE9">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Katılmıyorum</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1292" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF6997" w:rsidRPr="000A4CE9" w:rsidRDefault="00DF6997" w:rsidP="00F434B8">
+          <w:p w14:paraId="4E4C702A" w14:textId="77777777" w:rsidR="00DF6997" w:rsidRPr="000A4CE9" w:rsidRDefault="00DF6997" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A4CE9">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Kararsızım</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1378" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF6997" w:rsidRPr="000A4CE9" w:rsidRDefault="00DF6997" w:rsidP="00F434B8">
+          <w:p w14:paraId="6577E102" w14:textId="77777777" w:rsidR="00DF6997" w:rsidRPr="000A4CE9" w:rsidRDefault="00DF6997" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A4CE9">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Katılıyorum</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1378" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF6997" w:rsidRPr="000A4CE9" w:rsidRDefault="00DF6997" w:rsidP="00F434B8">
+          <w:p w14:paraId="42FFFD31" w14:textId="77777777" w:rsidR="00DF6997" w:rsidRPr="000A4CE9" w:rsidRDefault="00DF6997" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A4CE9">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Kesinlikle Katılıyorum</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidTr="00F434B8">
+      <w:tr w:rsidR="000829D0" w:rsidRPr="000A4CE9" w14:paraId="682EC624" w14:textId="77777777" w:rsidTr="00F434B8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6836" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000829D0" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="4C00BD54" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000829D0" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000829D0">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Kalite Kültürünün Farkındalığı</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="536C1ADA" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="754F0724" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1292" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="73D1EA22" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1378" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="57101682" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1378" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="1F3C5252" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000A4CE9" w:rsidRPr="000A4CE9" w:rsidTr="00F434B8">
+      <w:tr w:rsidR="000A4CE9" w:rsidRPr="000A4CE9" w14:paraId="75596022" w14:textId="77777777" w:rsidTr="00F434B8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6836" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005A634A" w:rsidRPr="000A4CE9" w:rsidRDefault="00CD1886" w:rsidP="00F434B8">
+          <w:p w14:paraId="65742F50" w14:textId="77777777" w:rsidR="005A634A" w:rsidRPr="000A4CE9" w:rsidRDefault="00CD1886" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Görev yaptığım</w:t>
             </w:r>
             <w:r w:rsidR="005A634A" w:rsidRPr="000A4CE9">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> üniversitenin </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>vizyonunun farkındayım/bilincindeyim.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005A634A" w:rsidRPr="000A4CE9" w:rsidRDefault="005A634A" w:rsidP="00F434B8">
+          <w:p w14:paraId="354800E8" w14:textId="77777777" w:rsidR="005A634A" w:rsidRPr="000A4CE9" w:rsidRDefault="005A634A" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005A634A" w:rsidRPr="000A4CE9" w:rsidRDefault="005A634A" w:rsidP="00F434B8">
+          <w:p w14:paraId="26578CE3" w14:textId="77777777" w:rsidR="005A634A" w:rsidRPr="000A4CE9" w:rsidRDefault="005A634A" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1292" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005A634A" w:rsidRPr="000A4CE9" w:rsidRDefault="005A634A" w:rsidP="00F434B8">
+          <w:p w14:paraId="07C4BAAF" w14:textId="77777777" w:rsidR="005A634A" w:rsidRPr="000A4CE9" w:rsidRDefault="005A634A" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1378" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005A634A" w:rsidRPr="000A4CE9" w:rsidRDefault="005A634A" w:rsidP="00F434B8">
+          <w:p w14:paraId="213A735D" w14:textId="77777777" w:rsidR="005A634A" w:rsidRPr="000A4CE9" w:rsidRDefault="005A634A" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1378" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005A634A" w:rsidRPr="000A4CE9" w:rsidRDefault="005A634A" w:rsidP="00F434B8">
+          <w:p w14:paraId="5A687B91" w14:textId="77777777" w:rsidR="005A634A" w:rsidRPr="000A4CE9" w:rsidRDefault="005A634A" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD1886" w:rsidRPr="000A4CE9" w:rsidTr="00F434B8">
+      <w:tr w:rsidR="00CD1886" w:rsidRPr="000A4CE9" w14:paraId="66186AE2" w14:textId="77777777" w:rsidTr="00F434B8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6836" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CD1886" w:rsidRDefault="00CD1886" w:rsidP="00F434B8">
+          <w:p w14:paraId="00C9FF3A" w14:textId="77777777" w:rsidR="00CD1886" w:rsidRDefault="00CD1886" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>G</w:t>
             </w:r>
             <w:r w:rsidRPr="00CD1886">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>örev yaptığım üniversitenin misyonunu</w:t>
             </w:r>
             <w:r w:rsidR="00CA16FE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>n</w:t>
             </w:r>
             <w:r w:rsidRPr="00CD1886">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>farkındayım/bilincindeyim.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CD1886" w:rsidRPr="000A4CE9" w:rsidRDefault="00CD1886" w:rsidP="00F434B8">
+          <w:p w14:paraId="605105BF" w14:textId="77777777" w:rsidR="00CD1886" w:rsidRPr="000A4CE9" w:rsidRDefault="00CD1886" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CD1886" w:rsidRPr="000A4CE9" w:rsidRDefault="00CD1886" w:rsidP="00F434B8">
+          <w:p w14:paraId="1F565AA3" w14:textId="77777777" w:rsidR="00CD1886" w:rsidRPr="000A4CE9" w:rsidRDefault="00CD1886" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1292" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CD1886" w:rsidRPr="000A4CE9" w:rsidRDefault="00CD1886" w:rsidP="00F434B8">
+          <w:p w14:paraId="4EDFF3E2" w14:textId="77777777" w:rsidR="00CD1886" w:rsidRPr="000A4CE9" w:rsidRDefault="00CD1886" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1378" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CD1886" w:rsidRPr="000A4CE9" w:rsidRDefault="00CD1886" w:rsidP="00F434B8">
+          <w:p w14:paraId="009C08AF" w14:textId="77777777" w:rsidR="00CD1886" w:rsidRPr="000A4CE9" w:rsidRDefault="00CD1886" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1378" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CD1886" w:rsidRPr="000A4CE9" w:rsidRDefault="00CD1886" w:rsidP="00F434B8">
+          <w:p w14:paraId="7D05E468" w14:textId="77777777" w:rsidR="00CD1886" w:rsidRPr="000A4CE9" w:rsidRDefault="00CD1886" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000A4CE9" w:rsidRPr="000A4CE9" w:rsidTr="00F434B8">
+      <w:tr w:rsidR="000A4CE9" w:rsidRPr="000A4CE9" w14:paraId="0381C9C0" w14:textId="77777777" w:rsidTr="00F434B8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6836" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="00CD1886" w:rsidP="00F434B8">
+          <w:p w14:paraId="51C94448" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="00CD1886" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Görevlerimi </w:t>
             </w:r>
             <w:r w:rsidR="005A634A" w:rsidRPr="000A4CE9">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">üniversitenin </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>misyon</w:t>
             </w:r>
             <w:r w:rsidR="00CA16FE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>u doğrultusunda yürütürüm</w:t>
             </w:r>
             <w:r w:rsidR="005A634A" w:rsidRPr="000A4CE9">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005A634A" w:rsidRPr="000A4CE9" w:rsidRDefault="005A634A" w:rsidP="00F434B8">
+          <w:p w14:paraId="314D5260" w14:textId="77777777" w:rsidR="005A634A" w:rsidRPr="000A4CE9" w:rsidRDefault="005A634A" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005A634A" w:rsidRPr="000A4CE9" w:rsidRDefault="005A634A" w:rsidP="00F434B8">
+          <w:p w14:paraId="7E5E0D01" w14:textId="77777777" w:rsidR="005A634A" w:rsidRPr="000A4CE9" w:rsidRDefault="005A634A" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1292" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005A634A" w:rsidRPr="000A4CE9" w:rsidRDefault="005A634A" w:rsidP="00F434B8">
+          <w:p w14:paraId="7925E149" w14:textId="77777777" w:rsidR="005A634A" w:rsidRPr="000A4CE9" w:rsidRDefault="005A634A" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1378" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005A634A" w:rsidRPr="000A4CE9" w:rsidRDefault="005A634A" w:rsidP="00F434B8">
+          <w:p w14:paraId="3D40AC86" w14:textId="77777777" w:rsidR="005A634A" w:rsidRPr="000A4CE9" w:rsidRDefault="005A634A" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1378" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005A634A" w:rsidRPr="000A4CE9" w:rsidRDefault="005A634A" w:rsidP="00F434B8">
+          <w:p w14:paraId="75276605" w14:textId="77777777" w:rsidR="005A634A" w:rsidRPr="000A4CE9" w:rsidRDefault="005A634A" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidTr="00F434B8">
+      <w:tr w:rsidR="000829D0" w:rsidRPr="000A4CE9" w14:paraId="41587E61" w14:textId="77777777" w:rsidTr="00F434B8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6836" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="00F434B8" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="25258F03" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="00F434B8" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F434B8">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Üniversitenin akad</w:t>
             </w:r>
             <w:r w:rsidR="00F374B6" w:rsidRPr="00F434B8">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>emik personeli</w:t>
             </w:r>
             <w:r w:rsidR="00F374B6" w:rsidRPr="00F434B8">
               <w:rPr>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -1621,218 +1695,217 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="007537CA" w:rsidRPr="00F434B8">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">uygulamalarına </w:t>
             </w:r>
             <w:r w:rsidRPr="00F434B8">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>ilişkin farkındalığa sahiptir.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="2CEC2BC6" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="7B5821EB" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1292" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
-[...7 lines deleted...]
-            <w:bookmarkEnd w:id="0"/>
+          <w:p w14:paraId="7F1A3026" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1378" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="2AB624B5" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1378" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="28AAF3D2" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F434B8" w:rsidRPr="000A4CE9" w:rsidTr="00F434B8">
+      <w:tr w:rsidR="00F434B8" w:rsidRPr="000A4CE9" w14:paraId="16A69A80" w14:textId="77777777" w:rsidTr="00F434B8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6836" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F434B8" w:rsidRPr="00F434B8" w:rsidRDefault="00F434B8" w:rsidP="00F434B8">
+          <w:p w14:paraId="7AF526D4" w14:textId="77777777" w:rsidR="00F434B8" w:rsidRPr="00F434B8" w:rsidRDefault="00F434B8" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F434B8">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Üniversitenin idari personeli kalite uygulamalarına ilişkin farkındalığa sahiptir.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F434B8" w:rsidRPr="000A4CE9" w:rsidRDefault="00F434B8" w:rsidP="00F434B8">
+          <w:p w14:paraId="29DF79D2" w14:textId="77777777" w:rsidR="00F434B8" w:rsidRPr="000A4CE9" w:rsidRDefault="00F434B8" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F434B8" w:rsidRPr="000A4CE9" w:rsidRDefault="00F434B8" w:rsidP="00F434B8">
+          <w:p w14:paraId="7D5128DB" w14:textId="77777777" w:rsidR="00F434B8" w:rsidRPr="000A4CE9" w:rsidRDefault="00F434B8" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1292" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F434B8" w:rsidRPr="000A4CE9" w:rsidRDefault="00F434B8" w:rsidP="00F434B8">
+          <w:p w14:paraId="2D9942E9" w14:textId="77777777" w:rsidR="00F434B8" w:rsidRPr="000A4CE9" w:rsidRDefault="00F434B8" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1378" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F434B8" w:rsidRPr="000A4CE9" w:rsidRDefault="00F434B8" w:rsidP="00F434B8">
+          <w:p w14:paraId="6BA8A71B" w14:textId="77777777" w:rsidR="00F434B8" w:rsidRPr="000A4CE9" w:rsidRDefault="00F434B8" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1378" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F434B8" w:rsidRPr="000A4CE9" w:rsidRDefault="00F434B8" w:rsidP="00F434B8">
+          <w:p w14:paraId="401F9512" w14:textId="77777777" w:rsidR="00F434B8" w:rsidRPr="000A4CE9" w:rsidRDefault="00F434B8" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000A4CE9" w:rsidRPr="000A4CE9" w:rsidTr="00F434B8">
+      <w:tr w:rsidR="000A4CE9" w:rsidRPr="000A4CE9" w14:paraId="7B2F1CD0" w14:textId="77777777" w:rsidTr="00F434B8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6836" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005A634A" w:rsidRPr="000A4CE9" w:rsidRDefault="00CA16FE" w:rsidP="00F434B8">
+          <w:p w14:paraId="1081D481" w14:textId="77777777" w:rsidR="005A634A" w:rsidRPr="000A4CE9" w:rsidRDefault="00CA16FE" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000829D0">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Üniversitem</w:t>
             </w:r>
             <w:r w:rsidR="005A634A" w:rsidRPr="000829D0">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">in </w:t>
             </w:r>
             <w:r w:rsidRPr="000829D0">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -1865,309 +1938,309 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>kişisel sorumlulu</w:t>
             </w:r>
             <w:r w:rsidR="000829D0" w:rsidRPr="000829D0">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>ğumun</w:t>
             </w:r>
             <w:r w:rsidR="000829D0">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> farkındayım/bilincindeyim.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005A634A" w:rsidRPr="000A4CE9" w:rsidRDefault="005A634A" w:rsidP="00F434B8">
+          <w:p w14:paraId="5FC20E96" w14:textId="77777777" w:rsidR="005A634A" w:rsidRPr="000A4CE9" w:rsidRDefault="005A634A" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005A634A" w:rsidRPr="000A4CE9" w:rsidRDefault="005A634A" w:rsidP="00F434B8">
+          <w:p w14:paraId="32B67366" w14:textId="77777777" w:rsidR="005A634A" w:rsidRPr="000A4CE9" w:rsidRDefault="005A634A" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1292" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005A634A" w:rsidRPr="000A4CE9" w:rsidRDefault="005A634A" w:rsidP="00F434B8">
+          <w:p w14:paraId="1C75E0E8" w14:textId="77777777" w:rsidR="005A634A" w:rsidRPr="000A4CE9" w:rsidRDefault="005A634A" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1378" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005A634A" w:rsidRPr="000A4CE9" w:rsidRDefault="005A634A" w:rsidP="00F434B8">
+          <w:p w14:paraId="7141D761" w14:textId="77777777" w:rsidR="005A634A" w:rsidRPr="000A4CE9" w:rsidRDefault="005A634A" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1378" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005A634A" w:rsidRPr="000A4CE9" w:rsidRDefault="005A634A" w:rsidP="00F434B8">
+          <w:p w14:paraId="05F09FCD" w14:textId="77777777" w:rsidR="005A634A" w:rsidRPr="000A4CE9" w:rsidRDefault="005A634A" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidTr="00F434B8">
+      <w:tr w:rsidR="000829D0" w:rsidRPr="000A4CE9" w14:paraId="7A932D5A" w14:textId="77777777" w:rsidTr="00F434B8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6836" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="5971513F" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A4CE9">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Üniversitemizde Toplam Kalite Yönetimi anlayışı benimsenir.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="6B46B720" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="12EC2D48" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1292" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="0991D0F1" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1378" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="3A09605A" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1378" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="14C23C62" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidTr="00F434B8">
+      <w:tr w:rsidR="000829D0" w:rsidRPr="000A4CE9" w14:paraId="2228C718" w14:textId="77777777" w:rsidTr="00F434B8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6836" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="7B3FC6E9" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A4CE9">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Üniversitemizde kalite tüm süreçlerin ayrılmaz bir parçasıdır.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="58BEC42A" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="29787246" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1292" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="0CC4BA4E" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1378" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="722BF1C3" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1378" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="1AE6C538" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000A4CE9" w:rsidRPr="000A4CE9" w:rsidTr="00F434B8">
+      <w:tr w:rsidR="000A4CE9" w:rsidRPr="000A4CE9" w14:paraId="21622376" w14:textId="77777777" w:rsidTr="00F434B8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6836" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B3033" w:rsidRPr="000A4CE9" w:rsidRDefault="00661A0E" w:rsidP="00F434B8">
+          <w:p w14:paraId="116A9DB7" w14:textId="77777777" w:rsidR="008B3033" w:rsidRPr="000A4CE9" w:rsidRDefault="00661A0E" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A4CE9">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Yöneticiler</w:t>
             </w:r>
             <w:r w:rsidR="00CA16FE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>im</w:t>
             </w:r>
             <w:r w:rsidRPr="000A4CE9">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -2179,2040 +2252,2039 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">yönetimi </w:t>
             </w:r>
             <w:r w:rsidRPr="000A4CE9">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">algısına </w:t>
             </w:r>
             <w:r w:rsidR="000829D0">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>sahiptir.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00661A0E" w:rsidRPr="000A4CE9" w:rsidRDefault="00661A0E" w:rsidP="00F434B8">
+          <w:p w14:paraId="42313F96" w14:textId="77777777" w:rsidR="00661A0E" w:rsidRPr="000A4CE9" w:rsidRDefault="00661A0E" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00661A0E" w:rsidRPr="000A4CE9" w:rsidRDefault="00661A0E" w:rsidP="00F434B8">
+          <w:p w14:paraId="7661299E" w14:textId="77777777" w:rsidR="00661A0E" w:rsidRPr="000A4CE9" w:rsidRDefault="00661A0E" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1292" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00661A0E" w:rsidRPr="000A4CE9" w:rsidRDefault="00661A0E" w:rsidP="00F434B8">
+          <w:p w14:paraId="08868139" w14:textId="77777777" w:rsidR="00661A0E" w:rsidRPr="000A4CE9" w:rsidRDefault="00661A0E" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1378" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00661A0E" w:rsidRPr="000A4CE9" w:rsidRDefault="00661A0E" w:rsidP="00F434B8">
+          <w:p w14:paraId="2B180DB3" w14:textId="77777777" w:rsidR="00661A0E" w:rsidRPr="000A4CE9" w:rsidRDefault="00661A0E" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1378" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00661A0E" w:rsidRPr="000A4CE9" w:rsidRDefault="00661A0E" w:rsidP="00F434B8">
+          <w:p w14:paraId="54D24306" w14:textId="77777777" w:rsidR="00661A0E" w:rsidRPr="000A4CE9" w:rsidRDefault="00661A0E" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000A4CE9" w:rsidRPr="000A4CE9" w:rsidTr="00F434B8">
+      <w:tr w:rsidR="000A4CE9" w:rsidRPr="000A4CE9" w14:paraId="46073494" w14:textId="77777777" w:rsidTr="00F434B8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6836" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B3033" w:rsidRPr="000A4CE9" w:rsidRDefault="008B3033" w:rsidP="00F434B8">
+          <w:p w14:paraId="4CF71705" w14:textId="77777777" w:rsidR="008B3033" w:rsidRPr="000A4CE9" w:rsidRDefault="008B3033" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A4CE9">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Yöneticiler</w:t>
             </w:r>
             <w:r w:rsidR="00507E4C">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>im</w:t>
             </w:r>
             <w:r w:rsidRPr="000A4CE9">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> kalite kültürünü üniversite</w:t>
             </w:r>
             <w:r w:rsidR="005A634A" w:rsidRPr="000A4CE9">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> geneline </w:t>
             </w:r>
             <w:r w:rsidRPr="000A4CE9">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>yayma konusunda gayretlidir.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B3033" w:rsidRPr="000A4CE9" w:rsidRDefault="008B3033" w:rsidP="00F434B8">
+          <w:p w14:paraId="3E3AFAA6" w14:textId="77777777" w:rsidR="008B3033" w:rsidRPr="000A4CE9" w:rsidRDefault="008B3033" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B3033" w:rsidRPr="000A4CE9" w:rsidRDefault="008B3033" w:rsidP="00F434B8">
+          <w:p w14:paraId="77AE985B" w14:textId="77777777" w:rsidR="008B3033" w:rsidRPr="000A4CE9" w:rsidRDefault="008B3033" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1292" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B3033" w:rsidRPr="000A4CE9" w:rsidRDefault="008B3033" w:rsidP="00F434B8">
+          <w:p w14:paraId="0017C40A" w14:textId="77777777" w:rsidR="008B3033" w:rsidRPr="000A4CE9" w:rsidRDefault="008B3033" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1378" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B3033" w:rsidRPr="000A4CE9" w:rsidRDefault="008B3033" w:rsidP="00F434B8">
+          <w:p w14:paraId="2AC8532E" w14:textId="77777777" w:rsidR="008B3033" w:rsidRPr="000A4CE9" w:rsidRDefault="008B3033" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1378" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B3033" w:rsidRPr="000A4CE9" w:rsidRDefault="008B3033" w:rsidP="00F434B8">
+          <w:p w14:paraId="622BD13E" w14:textId="77777777" w:rsidR="008B3033" w:rsidRPr="000A4CE9" w:rsidRDefault="008B3033" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000A4CE9" w:rsidRPr="000A4CE9" w:rsidTr="00F434B8">
+      <w:tr w:rsidR="000A4CE9" w:rsidRPr="000A4CE9" w14:paraId="176E30C9" w14:textId="77777777" w:rsidTr="00F434B8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6836" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF6997" w:rsidRPr="000A4CE9" w:rsidRDefault="00DF6997" w:rsidP="00F434B8">
+          <w:p w14:paraId="1D78F1AD" w14:textId="77777777" w:rsidR="00DF6997" w:rsidRPr="000A4CE9" w:rsidRDefault="00DF6997" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A4CE9">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Yöneticiler</w:t>
             </w:r>
             <w:r w:rsidR="00507E4C">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>im</w:t>
             </w:r>
             <w:r w:rsidRPr="000A4CE9">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> öğrenci memnuniyetini önemse</w:t>
             </w:r>
             <w:r w:rsidR="005A634A" w:rsidRPr="000A4CE9">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>r.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF6997" w:rsidRPr="000A4CE9" w:rsidRDefault="00DF6997" w:rsidP="00F434B8">
+          <w:p w14:paraId="43DC4081" w14:textId="77777777" w:rsidR="00DF6997" w:rsidRPr="000A4CE9" w:rsidRDefault="00DF6997" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF6997" w:rsidRPr="000A4CE9" w:rsidRDefault="00DF6997" w:rsidP="00F434B8">
+          <w:p w14:paraId="73A379B7" w14:textId="77777777" w:rsidR="00DF6997" w:rsidRPr="000A4CE9" w:rsidRDefault="00DF6997" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1292" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF6997" w:rsidRPr="000A4CE9" w:rsidRDefault="00DF6997" w:rsidP="00F434B8">
+          <w:p w14:paraId="61814E0D" w14:textId="77777777" w:rsidR="00DF6997" w:rsidRPr="000A4CE9" w:rsidRDefault="00DF6997" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1378" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF6997" w:rsidRPr="000A4CE9" w:rsidRDefault="00DF6997" w:rsidP="00F434B8">
+          <w:p w14:paraId="389C2A35" w14:textId="77777777" w:rsidR="00DF6997" w:rsidRPr="000A4CE9" w:rsidRDefault="00DF6997" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1378" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF6997" w:rsidRPr="000A4CE9" w:rsidRDefault="00DF6997" w:rsidP="00F434B8">
+          <w:p w14:paraId="5A0BF2CB" w14:textId="77777777" w:rsidR="00DF6997" w:rsidRPr="000A4CE9" w:rsidRDefault="00DF6997" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000A4CE9" w:rsidRPr="000A4CE9" w:rsidTr="00F434B8">
+      <w:tr w:rsidR="000A4CE9" w:rsidRPr="000A4CE9" w14:paraId="4F4504D9" w14:textId="77777777" w:rsidTr="00F434B8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6836" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF6997" w:rsidRPr="000A4CE9" w:rsidRDefault="00DF6997" w:rsidP="00F434B8">
+          <w:p w14:paraId="79525D17" w14:textId="77777777" w:rsidR="00DF6997" w:rsidRPr="000A4CE9" w:rsidRDefault="00DF6997" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A4CE9">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Yöneticiler</w:t>
             </w:r>
             <w:r w:rsidR="00507E4C">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>im</w:t>
             </w:r>
             <w:r w:rsidRPr="000A4CE9">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> akademik personelin memnuniyetini önemse</w:t>
             </w:r>
             <w:r w:rsidR="005A634A" w:rsidRPr="000A4CE9">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>r.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF6997" w:rsidRPr="000A4CE9" w:rsidRDefault="00DF6997" w:rsidP="00F434B8">
+          <w:p w14:paraId="67CA45E5" w14:textId="77777777" w:rsidR="00DF6997" w:rsidRPr="000A4CE9" w:rsidRDefault="00DF6997" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF6997" w:rsidRPr="000A4CE9" w:rsidRDefault="00DF6997" w:rsidP="00F434B8">
+          <w:p w14:paraId="55E85CD9" w14:textId="77777777" w:rsidR="00DF6997" w:rsidRPr="000A4CE9" w:rsidRDefault="00DF6997" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1292" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF6997" w:rsidRPr="000A4CE9" w:rsidRDefault="00DF6997" w:rsidP="00F434B8">
+          <w:p w14:paraId="4E3ED7EF" w14:textId="77777777" w:rsidR="00DF6997" w:rsidRPr="000A4CE9" w:rsidRDefault="00DF6997" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1378" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF6997" w:rsidRPr="000A4CE9" w:rsidRDefault="00DF6997" w:rsidP="00F434B8">
+          <w:p w14:paraId="5BEEC344" w14:textId="77777777" w:rsidR="00DF6997" w:rsidRPr="000A4CE9" w:rsidRDefault="00DF6997" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1378" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF6997" w:rsidRPr="000A4CE9" w:rsidRDefault="00DF6997" w:rsidP="00F434B8">
+          <w:p w14:paraId="71C5E091" w14:textId="77777777" w:rsidR="00DF6997" w:rsidRPr="000A4CE9" w:rsidRDefault="00DF6997" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000A4CE9" w:rsidRPr="000A4CE9" w:rsidTr="00F434B8">
+      <w:tr w:rsidR="000A4CE9" w:rsidRPr="000A4CE9" w14:paraId="6E7DD97E" w14:textId="77777777" w:rsidTr="00F434B8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6836" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF6997" w:rsidRPr="000A4CE9" w:rsidRDefault="00DF6997" w:rsidP="00F434B8">
+          <w:p w14:paraId="25D7E182" w14:textId="77777777" w:rsidR="00DF6997" w:rsidRPr="000A4CE9" w:rsidRDefault="00DF6997" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A4CE9">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Yöneticiler</w:t>
             </w:r>
             <w:r w:rsidR="00507E4C">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>im</w:t>
             </w:r>
             <w:r w:rsidRPr="000A4CE9">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> idari personelin memnuniyetini önemse</w:t>
             </w:r>
             <w:r w:rsidR="005A634A" w:rsidRPr="000A4CE9">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>r.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF6997" w:rsidRPr="000A4CE9" w:rsidRDefault="00DF6997" w:rsidP="00F434B8">
+          <w:p w14:paraId="65F3088C" w14:textId="77777777" w:rsidR="00DF6997" w:rsidRPr="000A4CE9" w:rsidRDefault="00DF6997" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF6997" w:rsidRPr="000A4CE9" w:rsidRDefault="00DF6997" w:rsidP="00F434B8">
+          <w:p w14:paraId="379BD846" w14:textId="77777777" w:rsidR="00DF6997" w:rsidRPr="000A4CE9" w:rsidRDefault="00DF6997" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1292" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF6997" w:rsidRPr="000A4CE9" w:rsidRDefault="00DF6997" w:rsidP="00F434B8">
+          <w:p w14:paraId="70C4C11B" w14:textId="77777777" w:rsidR="00DF6997" w:rsidRPr="000A4CE9" w:rsidRDefault="00DF6997" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1378" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF6997" w:rsidRPr="000A4CE9" w:rsidRDefault="00DF6997" w:rsidP="00F434B8">
+          <w:p w14:paraId="4731142E" w14:textId="77777777" w:rsidR="00DF6997" w:rsidRPr="000A4CE9" w:rsidRDefault="00DF6997" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1378" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF6997" w:rsidRPr="000A4CE9" w:rsidRDefault="00DF6997" w:rsidP="00F434B8">
+          <w:p w14:paraId="40E00DCA" w14:textId="77777777" w:rsidR="00DF6997" w:rsidRPr="000A4CE9" w:rsidRDefault="00DF6997" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidTr="00F434B8">
+      <w:tr w:rsidR="000829D0" w:rsidRPr="000A4CE9" w14:paraId="488E170D" w14:textId="77777777" w:rsidTr="00F434B8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6836" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="6D0DB22E" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A4CE9">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Yöneticiler</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>im</w:t>
             </w:r>
             <w:r w:rsidRPr="000A4CE9">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>dış paydaş</w:t>
             </w:r>
             <w:r w:rsidRPr="000A4CE9">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> memnuniyetini önemser.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="41796ED8" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="6A9E301B" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1292" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="51A85B44" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1378" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="42C22947" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1378" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="2DB66003" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidTr="00F434B8">
+      <w:tr w:rsidR="000829D0" w:rsidRPr="000A4CE9" w14:paraId="24961163" w14:textId="77777777" w:rsidTr="00F434B8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6836" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="0E171DE6" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Yükseköğretim Kalite Kurulu’nun (</w:t>
             </w:r>
             <w:r w:rsidRPr="000A4CE9">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>YÖK</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>AK)</w:t>
             </w:r>
             <w:r w:rsidRPr="000A4CE9">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> kaliteyle ilgili beklentileri</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> görev yaptığım üniversitede önemsenmektedir.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="27E2C1AB" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="412C910B" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1292" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="65C51741" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1378" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="551A04A9" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1378" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="62319E62" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidTr="00F434B8">
+      <w:tr w:rsidR="000829D0" w:rsidRPr="000A4CE9" w14:paraId="435DAED7" w14:textId="77777777" w:rsidTr="00F434B8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6836" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="2C25B924" w14:textId="77777777" w:rsidR="000829D0" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Program </w:t>
             </w:r>
             <w:r w:rsidRPr="000A4CE9">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>akreditasyon çalışmaların</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>ın eğitim-öğretim kalitesi açısından öneminin farkındayım.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="3E3C5A11" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="2C581CA9" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1292" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="4B505B1B" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1378" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="64C4013C" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1378" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="4E704040" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidTr="00F434B8">
+      <w:tr w:rsidR="000829D0" w:rsidRPr="000A4CE9" w14:paraId="41B84823" w14:textId="77777777" w:rsidTr="00F434B8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6836" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000829D0" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="7C0954E7" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000829D0" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>K</w:t>
             </w:r>
             <w:r w:rsidRPr="000829D0">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>alite Uygulamaları</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="0D0B2A37" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="005F430C" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1292" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="619BC646" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1378" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="30125DFF" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1378" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="4BACDD72" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidTr="00F434B8">
+      <w:tr w:rsidR="000829D0" w:rsidRPr="000A4CE9" w14:paraId="691C8BA6" w14:textId="77777777" w:rsidTr="00F434B8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6836" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="004420B5" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="55B44BDE" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="004420B5" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004420B5">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Üniversitemizde stratejiler geliştirilirken iç paydaş katılımına özen gösterilir.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="00CF65BC" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="2F7E87DC" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1292" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="242EBCFF" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1378" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="301538D9" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1378" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="3932B37D" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidTr="00F434B8">
+      <w:tr w:rsidR="000829D0" w:rsidRPr="000A4CE9" w14:paraId="3DE64030" w14:textId="77777777" w:rsidTr="00F434B8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6836" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="004420B5" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="07266189" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="004420B5" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004420B5">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Üniversitemizde stratejiler geliştirilirken dış paydaş katılımına özen gösterilir.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="66786C68" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="34E3AEFE" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1292" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="1DBD1E9E" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1378" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="7B4C4CCA" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1378" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="392AE6D5" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidTr="00F434B8">
+      <w:tr w:rsidR="000829D0" w:rsidRPr="000A4CE9" w14:paraId="0A3C206D" w14:textId="77777777" w:rsidTr="00F434B8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6836" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="004420B5" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="45393DDD" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="004420B5" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004420B5">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Üniversitemizde kalite yönetimine ilişkin /yönelik düzeltici/iyileştirici faaliyetler planlanmaktadır.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="40072B9D" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="6E210830" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1292" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="044417B2" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1378" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="434DBDB0" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1378" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="1872E15B" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidTr="00F434B8">
+      <w:tr w:rsidR="000829D0" w:rsidRPr="000A4CE9" w14:paraId="5EED3D6B" w14:textId="77777777" w:rsidTr="00F434B8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6836" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="004420B5" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="3FB4AA33" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="004420B5" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004420B5">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Üniversitemizde yürütülen kalite çalışmaları eğitim öğretim alanındaki süreçleri kapsamaktadır.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="10F22DA3" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="35CD8827" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1292" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="28ED1404" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1378" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="2A259ABF" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1378" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="7FAE5B30" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidTr="00F434B8">
+      <w:tr w:rsidR="000829D0" w:rsidRPr="000A4CE9" w14:paraId="4649C542" w14:textId="77777777" w:rsidTr="00F434B8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6836" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="004420B5" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="4E5A0ACF" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="004420B5" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004420B5">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Üniversitemizde yürütülen eğitim öğretim alanına yönelik düzeltici/iyileştirici faaliyetler iç paydaşların katılımı ile belirlenir/planlanır.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="6F5D9857" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="74AA2615" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1292" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="3E83E3CC" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1378" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="64C6DFCD" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1378" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="3C849B62" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidTr="00F434B8">
+      <w:tr w:rsidR="000829D0" w:rsidRPr="000A4CE9" w14:paraId="29A2A11B" w14:textId="77777777" w:rsidTr="00F434B8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6836" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="004420B5" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="172159D5" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="004420B5" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004420B5">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Üniversitemizde yürütülen eğitim öğretim alanına yönelik düzeltici/iyileştirici faaliyetler dış paydaşların katılımı ile belirlenir/planlanır.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="75800695" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="4B8989E6" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1292" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="767C1B7C" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1378" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="12376992" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1378" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="72D9D3E3" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidTr="00F434B8">
+      <w:tr w:rsidR="000829D0" w:rsidRPr="000A4CE9" w14:paraId="4E494995" w14:textId="77777777" w:rsidTr="00F434B8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6836" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="5F0B432D" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A4CE9">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Üniversitemizde yürütülen kalite çalışmaları araştırma-geliştirme alanındaki süreçleri kapsamaktadır.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="4E1D024B" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="49EDD522" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1292" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="441643AE" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1378" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="252F4B3F" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1378" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="22666BFB" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidTr="00F434B8">
+      <w:tr w:rsidR="000829D0" w:rsidRPr="000A4CE9" w14:paraId="3AF6CC08" w14:textId="77777777" w:rsidTr="00F434B8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6836" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="6C98CB51" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A4CE9">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Üniversitemizde yürütülen araştırma-geliştirme alanına yönelik düzeltici/iyileştirici faaliyetler </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">iç </w:t>
             </w:r>
             <w:r w:rsidRPr="000A4CE9">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>paydaşların katılımı ile belirlenir/planlanır.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="3CBCDBBC" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="34469822" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1292" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="13472C37" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1378" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="2C7807FB" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1378" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="13D70566" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidTr="00F434B8">
+      <w:tr w:rsidR="000829D0" w:rsidRPr="000A4CE9" w14:paraId="08627F1B" w14:textId="77777777" w:rsidTr="00F434B8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6836" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="28FE2EAB" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A4CE9">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Üniversitemizde yürütülen eğitim öğretim alanına yönelik düzeltici/iyileştirici faaliyetler </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">dış </w:t>
             </w:r>
             <w:r w:rsidRPr="000A4CE9">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>paydaşların katılımı ile belirlenir/planlanır.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="3A510ED8" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="52B33B33" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1292" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="40F2FF59" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1378" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="453AE1C8" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1378" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="7EF4976F" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidTr="00F434B8">
+      <w:tr w:rsidR="000829D0" w:rsidRPr="000A4CE9" w14:paraId="00491A85" w14:textId="77777777" w:rsidTr="00F434B8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6836" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="45B2D300" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A4CE9">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Üniversitemizde yürütülen kalite çalışmaları yönetim</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>/idari</w:t>
             </w:r>
             <w:r w:rsidRPr="000A4CE9">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> faaliyetleri</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="000A4CE9">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>kapsamaktadır.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="78557692" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="01B2BB80" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1292" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="40CFC5BD" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1378" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="7DE1ABE4" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1378" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="558C3E91" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidTr="00F434B8">
+      <w:tr w:rsidR="000829D0" w:rsidRPr="000A4CE9" w14:paraId="2CEA7B71" w14:textId="77777777" w:rsidTr="00F434B8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6836" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="0F8B0BA1" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A4CE9">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Üniversitemizde yürütülen yönetim</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>/idari</w:t>
             </w:r>
             <w:r w:rsidRPr="000A4CE9">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>sisteme</w:t>
             </w:r>
             <w:r w:rsidRPr="000A4CE9">
               <w:rPr>
@@ -4220,857 +4292,1479 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> yönelik düzeltici/iyileştirici faaliyetler </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">iç </w:t>
             </w:r>
             <w:r w:rsidRPr="000A4CE9">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>paydaşların katılımı ile belirlenir/planlanır.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="6449D284" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="7F1DEE8B" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1292" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="3A553FAF" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1378" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="7378F9B5" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1378" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="03108C7E" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidTr="00F434B8">
+      <w:tr w:rsidR="000829D0" w:rsidRPr="000A4CE9" w14:paraId="51A12541" w14:textId="77777777" w:rsidTr="00F434B8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6836" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="3A8E6456" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A4CE9">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Üniversitemizde yürütülen </w:t>
             </w:r>
             <w:r w:rsidR="004420B5">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>yönetim/idari sisteme</w:t>
             </w:r>
             <w:r w:rsidRPr="000A4CE9">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> yönelik düzeltici/iyileştirici faaliyetler </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">dış </w:t>
             </w:r>
             <w:r w:rsidRPr="000A4CE9">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>paydaşların katılımı ile belirlenir/planlanır.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="03AC1043" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="7AF885B8" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1292" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="2B2EEA91" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1378" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="41E986EE" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1378" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="36EA3287" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidTr="00F434B8">
+      <w:tr w:rsidR="000829D0" w:rsidRPr="000A4CE9" w14:paraId="1F801A8B" w14:textId="77777777" w:rsidTr="00F434B8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6836" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="2E1F2201" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A4CE9">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Kalite çalışmalarının kurumsal kimlik kazanımına katkı sağlayacağını düşünüyorum.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="7B684FB6" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="6BC6E0AA" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1292" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="47A5DB29" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1378" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="40D5820C" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1378" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="59EACB24" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidTr="00F434B8">
+      <w:tr w:rsidR="000829D0" w:rsidRPr="000A4CE9" w14:paraId="08AF8F50" w14:textId="77777777" w:rsidTr="00F434B8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6836" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000829D0" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="108700A5" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000829D0" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000829D0">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Kalite Çalışmalarına İsteklilik</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="26306B9F" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="2A9D76A6" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1292" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="75DD8782" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1378" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="4EA471D3" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1378" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="15AF7F33" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidTr="00F434B8">
+      <w:tr w:rsidR="000829D0" w:rsidRPr="000A4CE9" w14:paraId="5662A1A6" w14:textId="77777777" w:rsidTr="00F434B8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6836" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="5219A3FD" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A4CE9">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Üniversitemizde yürütülen kalite çalışmalarını destekliyorum.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="3CB4F607" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="054F5193" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1292" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="4EF91E83" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1378" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="46146493" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1378" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="17634534" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidTr="00F434B8">
+      <w:tr w:rsidR="000829D0" w:rsidRPr="000A4CE9" w14:paraId="2234C35B" w14:textId="77777777" w:rsidTr="00F434B8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6836" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="20E03B44" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Kalite çalışmalarının yükseköğretim alanındaki gelişmeler açısından önemli olduğunu düşünmüyorum.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="554E7100" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="3D51E9E9" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1292" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="0A87727B" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1378" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="093F7C34" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1378" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="638C8E1C" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidTr="00F434B8">
+      <w:tr w:rsidR="000829D0" w:rsidRPr="000A4CE9" w14:paraId="5CFFFB6E" w14:textId="77777777" w:rsidTr="00F434B8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6836" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="5D374536" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A4CE9">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Üniversitemizde yürütülen kalite çalışmalarını yeterli buluyorum.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="2C670993" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="07E727E5" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1292" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="49F2275A" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1378" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="69DC7325" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1378" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
+          <w:p w14:paraId="493A4F46" w14:textId="77777777" w:rsidR="000829D0" w:rsidRPr="000A4CE9" w:rsidRDefault="000829D0" w:rsidP="00F434B8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="007537CA" w:rsidRPr="000A4CE9" w:rsidRDefault="007537CA" w:rsidP="007537CA">
+    <w:p w14:paraId="635DA458" w14:textId="77777777" w:rsidR="007537CA" w:rsidRDefault="007537CA" w:rsidP="007537CA">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="007537CA" w:rsidRPr="000A4CE9" w:rsidSect="007D5C44">
+    <w:p w14:paraId="47BABD4D" w14:textId="77777777" w:rsidR="00D43EA6" w:rsidRDefault="00D43EA6" w:rsidP="007537CA">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="727399DD" w14:textId="3A34447C" w:rsidR="00D43EA6" w:rsidRDefault="00D43EA6" w:rsidP="007537CA">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="26CEDD42" w14:textId="77777777" w:rsidR="00D7013C" w:rsidRPr="00D7013C" w:rsidRDefault="00D7013C" w:rsidP="00D7013C">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="631216A4" w14:textId="77777777" w:rsidR="00D7013C" w:rsidRPr="00D7013C" w:rsidRDefault="00D7013C" w:rsidP="00D7013C">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="134C19EF" w14:textId="77777777" w:rsidR="00D7013C" w:rsidRDefault="00D7013C" w:rsidP="00D7013C">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D4DFC15" w14:textId="23CC87F3" w:rsidR="00D7013C" w:rsidRPr="00D7013C" w:rsidRDefault="00D7013C" w:rsidP="00D7013C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3300"/>
+        </w:tabs>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00D7013C" w:rsidRPr="00D7013C" w:rsidSect="007D5C44">
+      <w:headerReference w:type="even" r:id="rId8"/>
+      <w:headerReference w:type="default" r:id="rId9"/>
+      <w:footerReference w:type="even" r:id="rId10"/>
+      <w:footerReference w:type="default" r:id="rId11"/>
+      <w:headerReference w:type="first" r:id="rId12"/>
+      <w:footerReference w:type="first" r:id="rId13"/>
+      <w:footnotePr>
+        <w:numRestart w:val="eachSect"/>
+      </w:footnotePr>
       <w:pgSz w:w="16840" w:h="11900" w:orient="landscape"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="6C152CAA" w14:textId="77777777" w:rsidR="006118C6" w:rsidRDefault="006118C6" w:rsidP="00D7013C">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="7F7F78A5" w14:textId="77777777" w:rsidR="006118C6" w:rsidRDefault="006118C6" w:rsidP="00D7013C">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="A2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
-    <w:charset w:val="A2"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="4EA6809D" w14:textId="77777777" w:rsidR="006E15F5" w:rsidRDefault="006E15F5">
+    <w:pPr>
+      <w:pStyle w:val="AltBilgi"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:sdt>
+    <w:sdtPr>
+      <w:id w:val="-134808678"/>
+      <w:docPartObj>
+        <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+        <w:docPartUnique/>
+      </w:docPartObj>
+    </w:sdtPr>
+    <w:sdtContent>
+      <w:p w14:paraId="4C7F9EDF" w14:textId="16D2187B" w:rsidR="00D7013C" w:rsidRPr="00D7013C" w:rsidRDefault="00D7013C" w:rsidP="00D7013C">
+        <w:pPr>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+        </w:pPr>
+        <w:r w:rsidRPr="00D7013C">
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>PP.1.4.FR.000</w:t>
+        </w:r>
+        <w:r w:rsidR="006E15F5">
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>2</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00D7013C">
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>,R0,Kasım 2025</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00D7013C">
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidRPr="00D7013C">
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidRPr="00D7013C">
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidRPr="00D7013C">
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidRPr="00D7013C">
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidRPr="00D7013C">
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidRPr="00D7013C">
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidRPr="00D7013C">
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidRPr="00D7013C">
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidRPr="00D7013C">
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidRPr="00D7013C">
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidRPr="00D7013C">
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidRPr="00D7013C">
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidRPr="00D7013C">
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidRPr="00D7013C">
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidRPr="00D7013C">
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+      </w:p>
+      <w:p w14:paraId="56FEB018" w14:textId="77777777" w:rsidR="00D7013C" w:rsidRPr="00D7013C" w:rsidRDefault="00D7013C" w:rsidP="00D7013C">
+        <w:pPr>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+        </w:pPr>
+      </w:p>
+      <w:p w14:paraId="03B675D1" w14:textId="77777777" w:rsidR="00D7013C" w:rsidRPr="00D7013C" w:rsidRDefault="00D7013C" w:rsidP="00D7013C">
+        <w:pPr>
+          <w:rPr>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+        </w:pPr>
+        <w:r w:rsidRPr="00D7013C">
+          <w:rPr>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+          <w:t>“Bu dokümanın basılı hâli kontrolsüz doküman kabul edilmektedir. Lütfen web sitesinden enson versiyonuna ulaşınız.”</w:t>
+        </w:r>
+      </w:p>
+      <w:p w14:paraId="29BEFAEB" w14:textId="09D29863" w:rsidR="00D7013C" w:rsidRDefault="00D7013C">
+        <w:pPr>
+          <w:pStyle w:val="AltBilgi"/>
+        </w:pPr>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <mc:AlternateContent>
+            <mc:Choice Requires="wps">
+              <w:drawing>
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="111762F3" wp14:editId="705E60AD">
+                  <wp:simplePos x="0" y="0"/>
+                  <wp:positionH relativeFrom="rightMargin">
+                    <wp:align>center</wp:align>
+                  </wp:positionH>
+                  <wp:positionV relativeFrom="bottomMargin">
+                    <wp:align>top</wp:align>
+                  </wp:positionV>
+                  <wp:extent cx="762000" cy="895350"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:wrapNone/>
+                  <wp:docPr id="2089798276" name="Dikdörtgen 1"/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                      <wps:wsp>
+                        <wps:cNvSpPr>
+                          <a:spLocks noChangeArrowheads="1"/>
+                        </wps:cNvSpPr>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="762000" cy="895350"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:solidFill>
+                            <a:srgbClr val="FFFFFF"/>
+                          </a:solidFill>
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:extLst>
+                            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                                <a:solidFill>
+                                  <a:srgbClr val="000000"/>
+                                </a:solidFill>
+                                <a:miter lim="800000"/>
+                                <a:headEnd/>
+                                <a:tailEnd/>
+                              </a14:hiddenLine>
+                            </a:ext>
+                          </a:extLst>
+                        </wps:spPr>
+                        <wps:txbx>
+                          <w:txbxContent>
+                            <w:p w14:paraId="493BAE63" w14:textId="08483C0D" w:rsidR="00D7013C" w:rsidRPr="00D7013C" w:rsidRDefault="00000000">
+                              <w:pPr>
+                                <w:jc w:val="center"/>
+                                <w:rPr>
+                                  <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+                                  <w:sz w:val="20"/>
+                                  <w:szCs w:val="20"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:sdt>
+                                <w:sdtPr>
+                                  <w:rPr>
+                                    <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+                                    <w:sz w:val="48"/>
+                                    <w:szCs w:val="48"/>
+                                  </w:rPr>
+                                  <w:id w:val="1709992740"/>
+                                </w:sdtPr>
+                                <w:sdtEndPr>
+                                  <w:rPr>
+                                    <w:sz w:val="20"/>
+                                    <w:szCs w:val="20"/>
+                                  </w:rPr>
+                                </w:sdtEndPr>
+                                <w:sdtContent>
+                                  <w:sdt>
+                                    <w:sdtPr>
+                                      <w:rPr>
+                                        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+                                        <w:sz w:val="20"/>
+                                        <w:szCs w:val="20"/>
+                                      </w:rPr>
+                                      <w:id w:val="-1904517296"/>
+                                    </w:sdtPr>
+                                    <w:sdtContent>
+                                      <w:r w:rsidR="00D7013C" w:rsidRPr="00D7013C">
+                                        <w:rPr>
+                                          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+                                          <w:sz w:val="20"/>
+                                          <w:szCs w:val="20"/>
+                                        </w:rPr>
+                                        <w:fldChar w:fldCharType="begin"/>
+                                      </w:r>
+                                      <w:r w:rsidR="00D7013C" w:rsidRPr="00D7013C">
+                                        <w:rPr>
+                                          <w:sz w:val="20"/>
+                                          <w:szCs w:val="20"/>
+                                        </w:rPr>
+                                        <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
+                                      </w:r>
+                                      <w:r w:rsidR="00D7013C" w:rsidRPr="00D7013C">
+                                        <w:rPr>
+                                          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+                                          <w:sz w:val="20"/>
+                                          <w:szCs w:val="20"/>
+                                        </w:rPr>
+                                        <w:fldChar w:fldCharType="separate"/>
+                                      </w:r>
+                                      <w:r w:rsidR="00D7013C" w:rsidRPr="00D7013C">
+                                        <w:rPr>
+                                          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+                                          <w:sz w:val="20"/>
+                                          <w:szCs w:val="20"/>
+                                        </w:rPr>
+                                        <w:t>2</w:t>
+                                      </w:r>
+                                      <w:r w:rsidR="00D7013C" w:rsidRPr="00D7013C">
+                                        <w:rPr>
+                                          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+                                          <w:sz w:val="20"/>
+                                          <w:szCs w:val="20"/>
+                                        </w:rPr>
+                                        <w:fldChar w:fldCharType="end"/>
+                                      </w:r>
+                                    </w:sdtContent>
+                                  </w:sdt>
+                                </w:sdtContent>
+                              </w:sdt>
+                              <w:r w:rsidR="00D7013C" w:rsidRPr="00D7013C">
+                                <w:rPr>
+                                  <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+                                  <w:sz w:val="20"/>
+                                  <w:szCs w:val="20"/>
+                                </w:rPr>
+                                <w:t>/3</w:t>
+                              </w:r>
+                            </w:p>
+                          </w:txbxContent>
+                        </wps:txbx>
+                        <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                    </a:graphicData>
+                  </a:graphic>
+                  <wp14:sizeRelH relativeFrom="page">
+                    <wp14:pctWidth>0</wp14:pctWidth>
+                  </wp14:sizeRelH>
+                  <wp14:sizeRelV relativeFrom="page">
+                    <wp14:pctHeight>0</wp14:pctHeight>
+                  </wp14:sizeRelV>
+                </wp:anchor>
+              </w:drawing>
+            </mc:Choice>
+            <mc:Fallback>
+              <w:pict>
+                <v:rect w14:anchorId="111762F3" id="Dikdörtgen 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:0;width:60pt;height:70.5pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:right-margin-area;mso-position-vertical:top;mso-position-vertical-relative:bottom-margin-area;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAd371X7AEAAL8DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC817JcOw/BchA4cFEg&#10;fQBpPoCiKIkoxWWXtCX367ukHMdob0F1ILhc7nBmdrW+G3vDDgq9BlvyfDbnTFkJtbZtyZ9/7D7c&#10;cOaDsLUwYFXJj8rzu837d+vBFWoBHZhaISMQ64vBlbwLwRVZ5mWneuFn4JSlZAPYi0AhtlmNYiD0&#10;3mSL+fwqGwBrhyCV93T6MCX5JuE3jZLhW9N4FZgpOXELacW0VnHNNmtRtChcp+WJhngDi15oS4+e&#10;oR5EEGyP+h+oXksED02YSegzaBotVdJAavL5X2qeOuFU0kLmeHe2yf8/WPn18OS+Y6Tu3SPIn55Z&#10;2HbCtuoeEYZOiZqey6NR2eB8cS6IgadSVg1foKbWin2A5MHYYB8BSR0bk9XHs9VqDEzS4fUVdY8a&#10;Iil1c7v6uEqtyETxUuzQh08KehY3JUfqZAIXh0cfIhlRvFxJ5MHoeqeNSQG21dYgOwjq+i59iT9p&#10;vLxmbLxsIZZNiPEkqYzC4gz5IozVSMm4raA+kl6EaYpo6mnTAf7mbKAJKrn/tReoODOfLXl2my+X&#10;ceRSsFxdLyjAy0x1mRFWElTJA2fTdhumMd071G1HL+VJv4V78rnRyYNXVifeNCXJmtNExzG8jNOt&#10;1/9u8wcAAP//AwBQSwMEFAAGAAgAAAAhAGzVH9PZAAAABQEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j0FPwzAMhe9I/IfISNxYMhjVVppOCGkn4MCGxNVrvLaicUqTbuXf43GBi2XrWe99r1hPvlNHGmIb&#10;2MJ8ZkARV8G1XFt4321ulqBiQnbYBSYL3xRhXV5eFJi7cOI3Om5TrcSEY44WmpT6XOtYNeQxzkJP&#10;LNohDB6TnEOt3YAnMfedvjUm0x5bloQGe3pqqPrcjt4CZgv39Xq4e9k9jxmu6sls7j+MtddX0+MD&#10;qERT+nuGM76gQylM+zCyi6qzIEXS7zxrEgVqL8tibkCXhf5PX/4AAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEAHd+9V+wBAAC/AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAUAAYACAAAACEAbNUf09kAAAAFAQAADwAAAAAAAAAAAAAAAABGBAAAZHJzL2Rvd25yZXYu&#10;eG1sUEsFBgAAAAAEAAQA8wAAAEwFAAAAAA==&#10;" stroked="f">
+                  <v:textbox>
+                    <w:txbxContent>
+                      <w:p w14:paraId="493BAE63" w14:textId="08483C0D" w:rsidR="00D7013C" w:rsidRPr="00D7013C" w:rsidRDefault="00000000">
+                        <w:pPr>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:sdt>
+                          <w:sdtPr>
+                            <w:rPr>
+                              <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+                              <w:sz w:val="48"/>
+                              <w:szCs w:val="48"/>
+                            </w:rPr>
+                            <w:id w:val="1709992740"/>
+                          </w:sdtPr>
+                          <w:sdtEndPr>
+                            <w:rPr>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                          </w:sdtEndPr>
+                          <w:sdtContent>
+                            <w:sdt>
+                              <w:sdtPr>
+                                <w:rPr>
+                                  <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+                                  <w:sz w:val="20"/>
+                                  <w:szCs w:val="20"/>
+                                </w:rPr>
+                                <w:id w:val="-1904517296"/>
+                              </w:sdtPr>
+                              <w:sdtContent>
+                                <w:r w:rsidR="00D7013C" w:rsidRPr="00D7013C">
+                                  <w:rPr>
+                                    <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+                                    <w:sz w:val="20"/>
+                                    <w:szCs w:val="20"/>
+                                  </w:rPr>
+                                  <w:fldChar w:fldCharType="begin"/>
+                                </w:r>
+                                <w:r w:rsidR="00D7013C" w:rsidRPr="00D7013C">
+                                  <w:rPr>
+                                    <w:sz w:val="20"/>
+                                    <w:szCs w:val="20"/>
+                                  </w:rPr>
+                                  <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
+                                </w:r>
+                                <w:r w:rsidR="00D7013C" w:rsidRPr="00D7013C">
+                                  <w:rPr>
+                                    <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+                                    <w:sz w:val="20"/>
+                                    <w:szCs w:val="20"/>
+                                  </w:rPr>
+                                  <w:fldChar w:fldCharType="separate"/>
+                                </w:r>
+                                <w:r w:rsidR="00D7013C" w:rsidRPr="00D7013C">
+                                  <w:rPr>
+                                    <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+                                    <w:sz w:val="20"/>
+                                    <w:szCs w:val="20"/>
+                                  </w:rPr>
+                                  <w:t>2</w:t>
+                                </w:r>
+                                <w:r w:rsidR="00D7013C" w:rsidRPr="00D7013C">
+                                  <w:rPr>
+                                    <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+                                    <w:sz w:val="20"/>
+                                    <w:szCs w:val="20"/>
+                                  </w:rPr>
+                                  <w:fldChar w:fldCharType="end"/>
+                                </w:r>
+                              </w:sdtContent>
+                            </w:sdt>
+                          </w:sdtContent>
+                        </w:sdt>
+                        <w:r w:rsidR="00D7013C" w:rsidRPr="00D7013C">
+                          <w:rPr>
+                            <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
+                          </w:rPr>
+                          <w:t>/3</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                  <w10:wrap anchorx="margin" anchory="margin"/>
+                </v:rect>
+              </w:pict>
+            </mc:Fallback>
+          </mc:AlternateContent>
+        </w:r>
+      </w:p>
+    </w:sdtContent>
+  </w:sdt>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="7BC8B9ED" w14:textId="77777777" w:rsidR="006E15F5" w:rsidRDefault="006E15F5">
+    <w:pPr>
+      <w:pStyle w:val="AltBilgi"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="07CA39D8" w14:textId="77777777" w:rsidR="006118C6" w:rsidRDefault="006118C6" w:rsidP="00D7013C">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="1A14D90E" w14:textId="77777777" w:rsidR="006118C6" w:rsidRDefault="006118C6" w:rsidP="00D7013C">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="08631EED" w14:textId="77777777" w:rsidR="006E15F5" w:rsidRDefault="006E15F5">
+    <w:pPr>
+      <w:pStyle w:val="stBilgi"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="4A2DD20A" w14:textId="77777777" w:rsidR="006E15F5" w:rsidRDefault="006E15F5">
+    <w:pPr>
+      <w:pStyle w:val="stBilgi"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0C4FB27F" w14:textId="77777777" w:rsidR="006E15F5" w:rsidRDefault="006E15F5">
+    <w:pPr>
+      <w:pStyle w:val="stBilgi"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+  </w:hdrShapeDefaults>
+  <w:footnotePr>
+    <w:numRestart w:val="eachSect"/>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007D5C44"/>
     <w:rsid w:val="000829D0"/>
+    <w:rsid w:val="000A40FB"/>
     <w:rsid w:val="000A4CE9"/>
     <w:rsid w:val="000C3903"/>
+    <w:rsid w:val="002223D1"/>
     <w:rsid w:val="00344D92"/>
     <w:rsid w:val="00380525"/>
     <w:rsid w:val="00396CA5"/>
     <w:rsid w:val="003C150B"/>
     <w:rsid w:val="00405A33"/>
     <w:rsid w:val="00412FD6"/>
     <w:rsid w:val="004420B5"/>
     <w:rsid w:val="00507E4C"/>
+    <w:rsid w:val="0054662D"/>
     <w:rsid w:val="005A634A"/>
+    <w:rsid w:val="006118C6"/>
     <w:rsid w:val="00661A0E"/>
+    <w:rsid w:val="006E15F5"/>
     <w:rsid w:val="007537CA"/>
     <w:rsid w:val="00775F2A"/>
     <w:rsid w:val="00790900"/>
     <w:rsid w:val="007C36ED"/>
     <w:rsid w:val="007D5C44"/>
     <w:rsid w:val="008701C9"/>
     <w:rsid w:val="008B3033"/>
     <w:rsid w:val="00957D25"/>
     <w:rsid w:val="009B3E6D"/>
+    <w:rsid w:val="00A57B17"/>
     <w:rsid w:val="00B41B64"/>
     <w:rsid w:val="00B749BD"/>
     <w:rsid w:val="00BD792D"/>
     <w:rsid w:val="00C1194A"/>
     <w:rsid w:val="00C957CF"/>
     <w:rsid w:val="00CA16FE"/>
     <w:rsid w:val="00CD1886"/>
+    <w:rsid w:val="00D43EA6"/>
     <w:rsid w:val="00D6521B"/>
+    <w:rsid w:val="00D7013C"/>
     <w:rsid w:val="00DC4096"/>
     <w:rsid w:val="00DF6997"/>
     <w:rsid w:val="00F374B6"/>
     <w:rsid w:val="00F434B8"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="tr-TR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="7EBE6368"/>
   <w15:docId w15:val="{44A438D3-87D1-BD46-A97A-EEEF0E9B5BF8}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="tr-TR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -5398,50 +6092,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00DF6997"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:lang w:eastAsia="tr-TR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="VarsaylanParagrafYazTipi">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="NormalTablo">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
@@ -5641,55 +6340,105 @@
     <w:link w:val="BalonMetniChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="007C36ED"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalonMetniChar">
     <w:name w:val="Balon Metni Char"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
     <w:link w:val="BalonMetni"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="007C36ED"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:eastAsia="tr-TR"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="stBilgi">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="stBilgiChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00D7013C"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="stBilgiChar">
+    <w:name w:val="Üst Bilgi Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="stBilgi"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00D7013C"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:lang w:eastAsia="tr-TR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="AltBilgi">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="AltBilgiChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00D7013C"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="AltBilgiChar">
+    <w:name w:val="Alt Bilgi Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="AltBilgi"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00D7013C"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:lang w:eastAsia="tr-TR"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="80034749">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="174074322">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -6447,51 +7196,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1747142485">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Teması">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -6763,72 +7512,72 @@
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8123A0CF-B0BD-4226-BB8D-E27634EBAC68}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>3731</Characters>
+  <Pages>1</Pages>
+  <Words>666</Words>
+  <Characters>3800</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>31</Lines>
   <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Konu Başlığı</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4377</CharactersWithSpaces>
+  <CharactersWithSpaces>4458</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Sevim ACARÖZ CANDAN</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>