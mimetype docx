--- v0 (2025-10-31)
+++ v1 (2025-12-16)
@@ -1,50 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="3084EAC2" w14:textId="77777777" w:rsidR="001014AD" w:rsidRPr="00D47438" w:rsidRDefault="00BB384D" w:rsidP="001014AD">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D47438">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="001014AD" w:rsidRPr="00D47438">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> INCLUDEPICTURE "http://www.odu.edu.tr/files/other/KurumsalKimlik/Logo/logo1dikey.png" \* MERGEFORMATINET </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00D47438">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
@@ -135,98 +143,170 @@
       </w:r>
       <w:r w:rsidR="00FE12FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00822B07">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="00822B07">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> INCLUDEPICTURE  "http://www.odu.edu.tr/files/other/KurumsalKimlik/Logo/logo1dikey.png" \* MERGEFORMATINET </w:instrText>
       </w:r>
       <w:r w:rsidR="00822B07">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> INCLUDEPICTURE  "http://www.odu.edu.tr/files/other/KurumsalKimlik/Logo/logo1dikey.png" \* MERGEFORMATINET </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> INCLUDEPICTURE  "http://www.odu.edu.tr/files/other/KurumsalKimlik/Logo/logo1dikey.png" \* MERGEFORMATINET </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> INCLUDEPICTURE  "http://www.odu.edu.tr/files/other/KurumsalKimlik/Logo/logo1dikey.png" \* MERGEFORMATINET </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
       <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> INCLUDEPICTURE  "http://www.odu.edu.tr/files/other/KurumsalKimlik/Logo/logo1dikey.png" \* MERGEFORMATINET </w:instrText>
       </w:r>
       <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="001C133A">
+      <w:r w:rsidR="003F06FD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:pict w14:anchorId="115BD65B">
           <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
             <v:stroke joinstyle="miter"/>
             <v:formulas>
               <v:f eqn="if lineDrawn pixelLineWidth 0"/>
               <v:f eqn="sum @0 1 0"/>
               <v:f eqn="sum 0 0 @1"/>
               <v:f eqn="prod @2 1 2"/>
               <v:f eqn="prod @3 21600 pixelWidth"/>
               <v:f eqn="prod @3 21600 pixelHeight"/>
               <v:f eqn="sum @0 0 1"/>
               <v:f eqn="prod @6 1 2"/>
               <v:f eqn="prod @7 21600 pixelWidth"/>
               <v:f eqn="sum @8 21600 0"/>
               <v:f eqn="prod @7 21600 pixelHeight"/>
               <v:f eqn="sum @10 21600 0"/>
             </v:formulas>
             <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
             <o:lock v:ext="edit" aspectratio="t"/>
           </v:shapetype>
-          <v:shape id="_x0000_i1025" type="#_x0000_t75" alt="ordu Ã¼niversitesi logo ile ilgili gÃ¶rsel sonucu" style="width:89.3pt;height:90.7pt">
-            <v:imagedata r:id="rId6" r:href="rId7"/>
+          <v:shape id="_x0000_i1025" type="#_x0000_t75" alt="ordu Ã¼niversitesi logo ile ilgili gÃ¶rsel sonucu" style="width:89.25pt;height:90.75pt">
+            <v:imagedata r:id="rId8" r:href="rId9"/>
           </v:shape>
         </w:pict>
       </w:r>
       <w:r w:rsidR="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00822B07">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00FE12FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="0061435E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00BC438C">
         <w:rPr>
@@ -275,54 +355,54 @@
       <w:r w:rsidRPr="00D47438">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:tab/>
         <w:t>ORDU ÜNİVERSİTESİ ÖĞRENCİ MEMNUNİYET ANKETİ</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0006B2CA" w14:textId="77777777" w:rsidR="001014AD" w:rsidRPr="00D47438" w:rsidRDefault="00000000">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:noProof/>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
         <w:pict w14:anchorId="0B3B0DF2">
-          <v:roundrect id="Yuvarlatılmış Dikdörtgen 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:-28.1pt;margin-top:19.2pt;width:519pt;height:177.8pt;z-index:-251658240;visibility:visible" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBQeR2j9AIAAOwFAAAOAAAAZHJzL2Uyb0RvYy54bWysVN1u0zAUvkfiHSzfd0m6NF2rpdPUtBPS&#10;gInBBZdu7CRmjh1st2lBPAvPsBtegPFeHDtpWZmQECIXkY9/Pn/fd47P+cW2FmjDtOFKpjg6CTFi&#10;MleUyzLF794uB2cYGUskJUJJluIdM/hi9vzZedtM2VBVSlCmEYBIM22bFFfWNtMgMHnFamJOVMMk&#10;LBZK18RCqMuAatICei2CYRgmQas0bbTKmTEwm3WLeObxi4Ll9nVRGGaRSDFws/6v/X/l/sHsnExL&#10;TZqK5z0N8g8sasIlXHqAyoglaK35E6ia51oZVdiTXNWBKgqeM68B1EThb2puK9IwrwXMMc3BJvP/&#10;YPNXmxuNOIXcYSRJDSl6v94QLYh9uBf1w/2Pryjjd/T7N21LJlHkHGsbM4WDt82NdppNc63yO4Ok&#10;mldEluxSa9VWjFDg6fcHRwdcYOAoWrUvFYULydoqb9620LUDBFvQ1udod8gR21qUw2QymkSnIaQy&#10;h7VhkoxDCIBTQKb744029oqpGrlBirVaS/oGKsHfQTbXxvpM0V4voR8wKmoBed8QgaIEQHvEfjNg&#10;7zHdSamWXAhfOUKiNsWT0XDkwY0SnLpFb4suV3OhEYCCCv/1sEfbPD0P5ixbSOrHlnDRjeFyIR0e&#10;8+Xcs3d8biva9hoNDKMxRpQ7xdF4kkA6KYdCHzqDwKI/MXLzJalr4q81FaGsY5z4Y36Wy81VvwXY&#10;mE6Xt3xPwwdHBCFfPVWXOf8UPk/CyeJscRYP4mGyGMRhlg0ul/N4kCyj8Sg7zebzLPrimEbxtOKU&#10;Mum83D/LKP67su8bRPegDg/zyPNeQid06b+nqQmOaXQSt1A74MFena9sV8zdo7Db1RYccxW+UnQH&#10;Na4V5AOqFVokDCqlP2HUQrtJsfm4JpphJF5IeCeTKI5df/JBPBoPIdCPV1aPV4jMASrFFqNuOLdd&#10;T1s3mpeVKwGfcKku4W0V3AIpT7Vj1QfQUryYvv25nvU49rt+NenZTwAAAP//AwBQSwMEFAAGAAgA&#10;AAAhAAO/MyXgAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOg0AQhu8mvsNmTLy1S1uoiAyN&#10;GmsvxsTqA0zZFQjsLmEXij6940mPM/Pln+/Pd7PpxKQH3ziLsFpGILQtnWpshfDxvl+kIHwgq6hz&#10;ViN8aQ+74vIip0y5s33T0zFUgkOszwihDqHPpPRlrQ35peu15dunGwwFHodKqoHOHG46uY6irTTU&#10;WP5QU68fa122x9EgtC19PyXPD7Ea99PrZnsop5v+BfH6ar6/AxH0HP5g+NVndSjY6eRGq7zoEBbJ&#10;ds0owiaNQTBwm664ywkhTngji1z+r1D8AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAFB5&#10;HaP0AgAA7AUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;AAO/MyXgAAAACgEAAA8AAAAAAAAAAAAAAAAATgUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAABbBgAAAAA=&#10;" filled="f">
+          <v:roundrect id="Yuvarlatılmış Dikdörtgen 1" o:spid="_x0000_s2050" style="position:absolute;margin-left:-28.1pt;margin-top:19.2pt;width:519pt;height:177.8pt;z-index:-251658240;visibility:visible" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBQeR2j9AIAAOwFAAAOAAAAZHJzL2Uyb0RvYy54bWysVN1u0zAUvkfiHSzfd0m6NF2rpdPUtBPS&#10;gInBBZdu7CRmjh1st2lBPAvPsBtegPFeHDtpWZmQECIXkY9/Pn/fd47P+cW2FmjDtOFKpjg6CTFi&#10;MleUyzLF794uB2cYGUskJUJJluIdM/hi9vzZedtM2VBVSlCmEYBIM22bFFfWNtMgMHnFamJOVMMk&#10;LBZK18RCqMuAatICei2CYRgmQas0bbTKmTEwm3WLeObxi4Ll9nVRGGaRSDFws/6v/X/l/sHsnExL&#10;TZqK5z0N8g8sasIlXHqAyoglaK35E6ia51oZVdiTXNWBKgqeM68B1EThb2puK9IwrwXMMc3BJvP/&#10;YPNXmxuNOIXcYSRJDSl6v94QLYh9uBf1w/2Pryjjd/T7N21LJlHkHGsbM4WDt82NdppNc63yO4Ok&#10;mldEluxSa9VWjFDg6fcHRwdcYOAoWrUvFYULydoqb9620LUDBFvQ1udod8gR21qUw2QymkSnIaQy&#10;h7VhkoxDCIBTQKb744029oqpGrlBirVaS/oGKsHfQTbXxvpM0V4voR8wKmoBed8QgaIEQHvEfjNg&#10;7zHdSamWXAhfOUKiNsWT0XDkwY0SnLpFb4suV3OhEYCCCv/1sEfbPD0P5ixbSOrHlnDRjeFyIR0e&#10;8+Xcs3d8biva9hoNDKMxRpQ7xdF4kkA6KYdCHzqDwKI/MXLzJalr4q81FaGsY5z4Y36Wy81VvwXY&#10;mE6Xt3xPwwdHBCFfPVWXOf8UPk/CyeJscRYP4mGyGMRhlg0ul/N4kCyj8Sg7zebzLPrimEbxtOKU&#10;Mum83D/LKP67su8bRPegDg/zyPNeQid06b+nqQmOaXQSt1A74MFena9sV8zdo7Db1RYccxW+UnQH&#10;Na4V5AOqFVokDCqlP2HUQrtJsfm4JpphJF5IeCeTKI5df/JBPBoPIdCPV1aPV4jMASrFFqNuOLdd&#10;T1s3mpeVKwGfcKku4W0V3AIpT7Vj1QfQUryYvv25nvU49rt+NenZTwAAAP//AwBQSwMEFAAGAAgA&#10;AAAhAAO/MyXgAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOg0AQhu8mvsNmTLy1S1uoiAyN&#10;GmsvxsTqA0zZFQjsLmEXij6940mPM/Pln+/Pd7PpxKQH3ziLsFpGILQtnWpshfDxvl+kIHwgq6hz&#10;ViN8aQ+74vIip0y5s33T0zFUgkOszwihDqHPpPRlrQ35peu15dunGwwFHodKqoHOHG46uY6irTTU&#10;WP5QU68fa122x9EgtC19PyXPD7Ea99PrZnsop5v+BfH6ar6/AxH0HP5g+NVndSjY6eRGq7zoEBbJ&#10;ds0owiaNQTBwm664ywkhTngji1z+r1D8AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAFB5&#10;HaP0AgAA7AUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;AAO/MyXgAAAACgEAAA8AAAAAAAAAAAAAAAAATgUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAABbBgAAAAA=&#10;" filled="f">
             <v:imagedata embosscolor="shadow add(51)"/>
             <v:shadow on="t" type="emboss" color="black" color2="shadow add(102)" offset="1pt,1pt" offset2="-1pt,-1pt"/>
-            <v:textbox>
+            <v:textbox style="mso-next-textbox:#Yuvarlatılmış Dikdörtgen 1">
               <w:txbxContent>
                 <w:p w14:paraId="5C636B0F" w14:textId="77777777" w:rsidR="001014AD" w:rsidRPr="001014AD" w:rsidRDefault="001014AD" w:rsidP="00812A86">
                   <w:pPr>
                     <w:tabs>
                       <w:tab w:val="left" w:pos="1701"/>
                       <w:tab w:val="left" w:pos="10575"/>
                     </w:tabs>
                     <w:ind w:left="1843" w:right="-45"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:b/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
                 <w:p w14:paraId="6D0F1881" w14:textId="77777777" w:rsidR="001014AD" w:rsidRPr="00D47438" w:rsidRDefault="00BC438C" w:rsidP="001014AD">
                   <w:pPr>
                     <w:pStyle w:val="GvdeMetni2"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                       <w:b/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
@@ -768,51 +848,50 @@
             <w:r w:rsidRPr="00D47438">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Tamamen</w:t>
             </w:r>
             <w:r w:rsidR="00A150C9" w:rsidRPr="00D47438">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Memnunum</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001014AD" w:rsidRPr="00D47438" w14:paraId="7548A876" w14:textId="77777777" w:rsidTr="00113B5E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7910" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6ECF656C" w14:textId="77777777" w:rsidR="001014AD" w:rsidRPr="00D47438" w:rsidRDefault="001014AD" w:rsidP="00D47438">
             <w:pPr>
               <w:pStyle w:val="ListeParagraf"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D47438">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Yönetimin öğrencilerin sorunlarına karşı duyarlı olmasından</w:t>
             </w:r>
             <w:r w:rsidR="00EB77EB" w:rsidRPr="00D47438">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -985,51 +1064,50 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="452" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="00009F4D" w14:textId="77777777" w:rsidR="001014AD" w:rsidRPr="00D47438" w:rsidRDefault="001014AD" w:rsidP="00CA7322">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001014AD" w:rsidRPr="00D47438" w14:paraId="507560C8" w14:textId="77777777" w:rsidTr="00113B5E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7910" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="24DF762D" w14:textId="77777777" w:rsidR="001014AD" w:rsidRPr="00D47438" w:rsidRDefault="001014AD" w:rsidP="00D47438">
             <w:pPr>
               <w:pStyle w:val="ListeParagraf"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D47438">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>İdari personelin öğrencilere karşı</w:t>
             </w:r>
             <w:r w:rsidR="004B6F28" w:rsidRPr="00D47438">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -1203,51 +1281,50 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="452" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="62D63DC0" w14:textId="77777777" w:rsidR="001014AD" w:rsidRPr="00D47438" w:rsidRDefault="001014AD" w:rsidP="00CA7322">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004B6F28" w:rsidRPr="00D47438" w14:paraId="37FED851" w14:textId="77777777" w:rsidTr="00113B5E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7910" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6FAAD40F" w14:textId="77777777" w:rsidR="004B6F28" w:rsidRPr="00D47438" w:rsidRDefault="004B6F28" w:rsidP="00D47438">
             <w:pPr>
               <w:pStyle w:val="ListeParagraf"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D47438">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Üniversitede, öğrenci topluluklarının aktivitelerinden</w:t>
             </w:r>
             <w:r w:rsidR="00EB77EB" w:rsidRPr="00D47438">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -1405,51 +1482,50 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="452" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="7CABA64E" w14:textId="77777777" w:rsidR="004B6F28" w:rsidRPr="00D47438" w:rsidRDefault="004B6F28" w:rsidP="00CA7322">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004B6F28" w:rsidRPr="00D47438" w14:paraId="37825A78" w14:textId="77777777" w:rsidTr="00113B5E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7910" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="140E1FFD" w14:textId="77777777" w:rsidR="004B6F28" w:rsidRPr="00D47438" w:rsidRDefault="004B6F28" w:rsidP="00D47438">
             <w:pPr>
               <w:pStyle w:val="ListeParagraf"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D47438">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Üniversitede gerçekleştirilen kültürel, sanatsal ve sosyal etkinliklerden</w:t>
             </w:r>
             <w:r w:rsidR="00EB77EB" w:rsidRPr="00D47438">
               <w:rPr>
@@ -1624,51 +1700,50 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="452" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="1C484B63" w14:textId="77777777" w:rsidR="004B6F28" w:rsidRPr="00D47438" w:rsidRDefault="004B6F28" w:rsidP="00CA7322">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004B6F28" w:rsidRPr="00D47438" w14:paraId="2805D174" w14:textId="77777777" w:rsidTr="00113B5E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7910" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="168D4695" w14:textId="77777777" w:rsidR="004B6F28" w:rsidRPr="00D47438" w:rsidRDefault="004B6F28" w:rsidP="00D47438">
             <w:pPr>
               <w:pStyle w:val="ListeParagraf"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D47438">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Üniversitede engelli bireylerin günlük yaşamını kolaylaştıracak düzenlemelerden</w:t>
             </w:r>
             <w:r w:rsidR="00EB77EB" w:rsidRPr="00D47438">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -1825,51 +1900,50 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="452" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="0F462881" w14:textId="77777777" w:rsidR="004B6F28" w:rsidRPr="00D47438" w:rsidRDefault="004B6F28" w:rsidP="00CA7322">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004B6F28" w:rsidRPr="00D47438" w14:paraId="2763E8A0" w14:textId="77777777" w:rsidTr="00113B5E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7910" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5AB7D230" w14:textId="77777777" w:rsidR="004B6F28" w:rsidRPr="00D47438" w:rsidRDefault="004B6F28" w:rsidP="00D47438">
             <w:pPr>
               <w:pStyle w:val="ListeParagraf"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D47438">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Üniversitedeki güvenlik hizmetlerinden</w:t>
             </w:r>
             <w:r w:rsidR="00EB77EB" w:rsidRPr="00D47438">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -2027,51 +2101,50 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="452" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="1AAF1FBA" w14:textId="77777777" w:rsidR="004B6F28" w:rsidRPr="00D47438" w:rsidRDefault="004B6F28" w:rsidP="00CA7322">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004B6F28" w:rsidRPr="00D47438" w14:paraId="761492EE" w14:textId="77777777" w:rsidTr="00113B5E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7910" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="602537D1" w14:textId="77777777" w:rsidR="004B6F28" w:rsidRPr="00D47438" w:rsidRDefault="004B6F28" w:rsidP="00D47438">
             <w:pPr>
               <w:pStyle w:val="ListeParagraf"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D47438">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Üniversitede uygulanan yurt dışı değişim</w:t>
             </w:r>
             <w:r w:rsidR="00C30BD8" w:rsidRPr="00D47438">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -2194,67 +2267,85 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D47438">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Üniversitenin</w:t>
             </w:r>
             <w:r w:rsidR="004B6F28" w:rsidRPr="00D47438">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> yurt içi </w:t>
             </w:r>
             <w:r w:rsidR="00F33FC9" w:rsidRPr="00D47438">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>(Farabi, Yatay/Dikey geçişler)</w:t>
+              <w:t xml:space="preserve">(Farabi, Yatay/Dikey </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00F33FC9" w:rsidRPr="00D47438">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>geçişler)</w:t>
             </w:r>
             <w:r w:rsidR="004B6F28" w:rsidRPr="00D47438">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>değiş</w:t>
             </w:r>
             <w:r w:rsidR="00F33FC9" w:rsidRPr="00D47438">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>im programlarından</w:t>
+              <w:t>im</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00F33FC9" w:rsidRPr="00D47438">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> programlarından</w:t>
             </w:r>
             <w:r w:rsidR="00EB77EB" w:rsidRPr="00D47438">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
             <w:r w:rsidR="00F33FC9" w:rsidRPr="00D47438">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="09B0078B" w14:textId="77777777" w:rsidR="004B6F28" w:rsidRPr="00D47438" w:rsidRDefault="004B6F28" w:rsidP="00CA7322">
@@ -2300,51 +2391,50 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="452" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="494AFFAE" w14:textId="77777777" w:rsidR="004B6F28" w:rsidRPr="00D47438" w:rsidRDefault="004B6F28" w:rsidP="00CA7322">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004B6F28" w:rsidRPr="00D47438" w14:paraId="127C624C" w14:textId="77777777" w:rsidTr="00113B5E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7910" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6B74A9A8" w14:textId="77777777" w:rsidR="004B6F28" w:rsidRPr="00D47438" w:rsidRDefault="004B6F28" w:rsidP="00D47438">
             <w:pPr>
               <w:pStyle w:val="ListeParagraf"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D47438">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Bölümümdeki öğretim elemanları</w:t>
             </w:r>
             <w:r w:rsidR="00F33FC9" w:rsidRPr="00D47438">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -2443,50 +2533,51 @@
       <w:tr w:rsidR="004B6F28" w:rsidRPr="00D47438" w14:paraId="422DC554" w14:textId="77777777" w:rsidTr="00113B5E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7910" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w14:paraId="48D3AD30" w14:textId="77777777" w:rsidR="004B6F28" w:rsidRPr="00D47438" w:rsidRDefault="004B6F28" w:rsidP="00D47438">
             <w:pPr>
               <w:pStyle w:val="ListeParagraf"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D47438">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Üniversitede </w:t>
             </w:r>
             <w:r w:rsidR="00F33FC9" w:rsidRPr="00D47438">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">ders çalışma </w:t>
             </w:r>
             <w:r w:rsidR="00D47438" w:rsidRPr="00D47438">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>mekânlarının</w:t>
             </w:r>
             <w:r w:rsidR="00C30BD8" w:rsidRPr="00D47438">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> yeterliğinden</w:t>
@@ -3154,52 +3245,62 @@
       <w:tr w:rsidR="0046148C" w:rsidRPr="00D47438" w14:paraId="2559A169" w14:textId="77777777" w:rsidTr="00113B5E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7910" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="3D219397" w14:textId="77777777" w:rsidR="0046148C" w:rsidRPr="00D47438" w:rsidRDefault="0046148C" w:rsidP="00D47438">
             <w:pPr>
               <w:pStyle w:val="ListeParagraf"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="19"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D47438">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Yemekhanenin fiziki (temizlik, aydınlatma, ısıtma vb.).koşullarından</w:t>
-            </w:r>
+              <w:t>Yemekhanenin fiziki (temizlik, aydınlatma, ısıtma vb.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D47438">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>).koşullarından</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidR="00EB77EB" w:rsidRPr="00D47438">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
             <w:r w:rsidRPr="00D47438">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="426" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="4C27EA03" w14:textId="77777777" w:rsidR="0046148C" w:rsidRPr="00D47438" w:rsidRDefault="0046148C" w:rsidP="00CA7322">
             <w:pPr>
@@ -10247,97 +10348,150 @@
           <w:p w14:paraId="2DBCFA46" w14:textId="77777777" w:rsidR="00113B5E" w:rsidRPr="00D47438" w:rsidRDefault="00113B5E" w:rsidP="002D4CD9">
             <w:pPr>
               <w:ind w:left="284" w:hanging="284"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="459" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="45DA2C7E" w14:textId="77777777" w:rsidR="00113B5E" w:rsidRPr="00D47438" w:rsidRDefault="00113B5E" w:rsidP="002D4CD9">
             <w:pPr>
               <w:ind w:left="284" w:hanging="284"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="67E5AE59" w14:textId="77777777" w:rsidR="00113B5E" w:rsidRDefault="00113B5E" w:rsidP="0015000B">
-[...9 lines deleted...]
-    </w:p>
     <w:p w14:paraId="715E6AAA" w14:textId="77777777" w:rsidR="0015000B" w:rsidRDefault="004B4741" w:rsidP="0015000B">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D47438">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Yeniden üniversite seçme şansınız olsa Ordu Üniversitesi’ni seçer misiniz?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E2EEFE5" w14:textId="77777777" w:rsidR="004B4741" w:rsidRPr="00D47438" w:rsidRDefault="004B4741" w:rsidP="0015000B">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00D47438">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>(  ) Evet                     ( ) Hayır            ( )Kısmen         ( ) Emin değilim</w:t>
+        <w:t>(  )</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D47438">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Evet                  </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D47438">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D47438">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ) Hayır         </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D47438">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   ( )Kısmen</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D47438">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D47438">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D47438">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ) Emin değilim</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9875" w:type="dxa"/>
         <w:tblInd w:w="38" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9875"/>
       </w:tblGrid>
       <w:tr w:rsidR="004B4741" w:rsidRPr="00D47438" w14:paraId="59431675" w14:textId="77777777" w:rsidTr="00113B5E">
         <w:trPr>
           <w:trHeight w:val="2816"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -10523,174 +10677,320 @@
               <w:tab/>
             </w:r>
           </w:p>
           <w:p w14:paraId="029CED2A" w14:textId="77777777" w:rsidR="004B4741" w:rsidRPr="00D47438" w:rsidRDefault="004B4741" w:rsidP="0015000B">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="17"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D47438">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
-              <w:t xml:space="preserve">Fakülteniz/Yüksekokulunuz/Enstitünüz:                   </w:t>
+              <w:t>Fakülteniz/Yüksekokulunuz/</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D47438">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">Enstitünüz:   </w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00D47438">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">                </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004B4741" w:rsidRPr="00D47438" w14:paraId="029F0A59" w14:textId="77777777" w:rsidTr="00113B5E">
         <w:trPr>
           <w:trHeight w:val="345"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9875" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7DC17B2B" w14:textId="77777777" w:rsidR="004B4741" w:rsidRPr="0015000B" w:rsidRDefault="004B4741" w:rsidP="0015000B">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="17"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D47438">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
-              <w:t>Program türünüz: ( ) Ön Lisans        (  ) Lisans)       (  ) Yüksek lisans    (  ) Doktora</w:t>
+              <w:t xml:space="preserve">Program türünüz: </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D47438">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>( )</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00D47438">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ön Lisans     </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D47438">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">   (  )</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00D47438">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D47438">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lisans)   </w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00D47438">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D47438">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">   (  )</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00D47438">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Yüksek lisans </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D47438">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">   (  )</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00D47438">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Doktora</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004B4741" w:rsidRPr="00D47438" w14:paraId="41ECE237" w14:textId="77777777" w:rsidTr="00113B5E">
         <w:trPr>
           <w:trHeight w:val="345"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9875" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2A5CB733" w14:textId="77777777" w:rsidR="004B4741" w:rsidRPr="00D47438" w:rsidRDefault="004B4741" w:rsidP="0015000B">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="17"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D47438">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
-              <w:t>Sınıfınız (Ön lisans /Lisans için) :</w:t>
-            </w:r>
+              <w:t>Sınıfınız (Ön lisans /Lisans için</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D47438">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>) :</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004B4741" w:rsidRPr="00D47438" w14:paraId="589565C2" w14:textId="77777777" w:rsidTr="00113B5E">
         <w:trPr>
           <w:trHeight w:val="345"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9875" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="37AF3BC9" w14:textId="77777777" w:rsidR="004B4741" w:rsidRPr="00D47438" w:rsidRDefault="004B4741" w:rsidP="0015000B">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="17"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00D47438">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
-              <w:t>Cinsiyetiniz:           ( ) Kadın              (  ) Erkek</w:t>
+              <w:t xml:space="preserve">Cinsiyetiniz:   </w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00D47438">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">     </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D47438">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">   (</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00D47438">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ) Kadın           </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D47438">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">   (  )</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00D47438">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Erkek</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004B4741" w:rsidRPr="00D47438" w14:paraId="5F02EED8" w14:textId="77777777" w:rsidTr="00113B5E">
         <w:trPr>
           <w:trHeight w:val="1021"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9875" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="766DB836" w14:textId="77777777" w:rsidR="00113B5E" w:rsidRDefault="004B4741" w:rsidP="0015000B">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="17"/>
               </w:numPr>
               <w:tabs>
@@ -10702,217 +11002,728 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D47438">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Barınma yeriniz: </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6A40EFAB" w14:textId="77777777" w:rsidR="001626E4" w:rsidRPr="00D47438" w:rsidRDefault="004B4741" w:rsidP="00113B5E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00D47438">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
-              <w:t xml:space="preserve">( ) KYK Yurdu(Kampüs)    ( ) KYK Yurdu (Kampüs Dışı)    ( ) Özel Yurt                  </w:t>
+              <w:t>( )</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00D47438">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> KYK </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D47438">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">Yurdu(Kampüs)   </w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00D47438">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D47438">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>( )</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00D47438">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> KYK Yurdu (Kampüs </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D47438">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dışı)   </w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00D47438">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D47438">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>( )</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00D47438">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Özel Yurt                  </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="58375D4B" w14:textId="77777777" w:rsidR="004B4741" w:rsidRPr="00D47438" w:rsidRDefault="004B4741" w:rsidP="0015000B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00D47438">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
-              <w:t>( ) Apart     ( )Öğrenci Evi       ( )Aile ile    ( ) Diğer: ……………………………….</w:t>
-            </w:r>
+              <w:t>( )</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00D47438">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Apart  </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D47438">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">   ( )Öğrenci</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00D47438">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Evi    </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D47438">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">   ( )Aile</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00D47438">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ile </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D47438">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">   (</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00D47438">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ) Diğer: …………………………</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D47438">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>…….</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0E91C431" w14:textId="77777777" w:rsidR="00812A86" w:rsidRPr="0015000B" w:rsidRDefault="00812A86" w:rsidP="0015000B">
+    <w:p w14:paraId="0E91C431" w14:textId="33F04E57" w:rsidR="00812A86" w:rsidRPr="0015000B" w:rsidRDefault="00000000" w:rsidP="0015000B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="5103"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...8 lines deleted...]
-          <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:noProof/>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
         <w:pict w14:anchorId="7392A8D2">
-          <v:rect id="Dikdörtgen 4" o:spid="_x0000_s1027" style="position:absolute;left:0;text-align:left;margin-left:-11.95pt;margin-top:10.1pt;width:480pt;height:21.9pt;z-index:251660288;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDGDsiINQIAAFAEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEFu2zAQvBfoHwjea8muk9iC5SBw6qJA&#10;2gZI+4A1RUlEKJJd0pbTh/UD+ViXlOPY7a2oDwRXuxzOznC9uN53mu0kemVNycejnDNphK2UaUr+&#10;/dv63YwzH8BUoK2RJX+Snl8v375Z9K6QE9taXUlkBGJ80buStyG4Isu8aGUHfmSdNJSsLXYQKMQm&#10;qxB6Qu90Nsnzy6y3WDm0QnpPX2+HJF8m/LqWInytay8D0yUnbiGtmNZNXLPlAooGwbVKHGjAP7Do&#10;QBm69Ah1CwHYFtVfUJ0SaL2tw0jYLrN1rYRMPVA34/yPbh5acDL1QuJ4d5TJ/z9Y8WV3j0xVJZ9y&#10;ZqAji27VY/X8C0MjDZtGgXrnC6p7cPcYW/TuzopHz4xdtWAaeYNo+1ZCRbTGsT47OxADT0fZpv9s&#10;K8KHbbBJq32NXQQkFdg+WfJ0tETuAxP08TKfX+Y5OScoN7majd8nzzIoXk479OGjtB2Lm5IjWZ7Q&#10;YXfnQ2QDxUtJYm+1qtZK6xRgs1lpZDug57FOv9QANXlapg3rSz6/mFwk5LOcP4UgppHscOtZWacC&#10;vXOtupLPjkVQRNk+mIoOQBFA6WFPlLU56BilGywI+80+OZVEjrJubPVEwqIdnjWNIW1aiz856+lJ&#10;l9z/2AJKzvQnQ+bMx9NpnIEUTC+uJhTgaWZzmgEjCKrkgbNhuwrD3Gwdqqalm8ZJDWNvyNBaJa1f&#10;WR3o07NNFhxGLM7FaZyqXv8Ilr8BAAD//wMAUEsDBBQABgAIAAAAIQD3gyf+3wAAAAkBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcWrsOikjIpkKgInFs0ws3J94mKbEdxU4b+HrM&#10;CY6reZp5W2wXM7ALTb53FmGzFsDINk73tkU4VrvVIzAflNVqcJYQvsjDtry9KVSu3dXu6XIILYsl&#10;1ucKoQthzDn3TUdG+bUbycbs5CajQjynlutJXWO5GbgUIuVG9TYudGqkl46az8NsEOpeHtX3vnoT&#10;Jtsl4X2pzvPHK+L93fL8BCzQEv5g+NWP6lBGp9rNVns2IKxkkkUUQQoJLAJZkm6A1QjpgwBeFvz/&#10;B+UPAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABb&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAA&#10;AAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAMYOyIg1AgAAUAQAAA4AAAAAAAAAAAAA&#10;AAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAPeDJ/7fAAAACQEAAA8AAAAAAAAA&#10;AAAAAAAAjwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACbBQAAAAA=&#10;">
-            <v:textbox>
+          <v:rect id="Dikdörtgen 4" o:spid="_x0000_s2051" style="position:absolute;margin-left:-3.7pt;margin-top:17.8pt;width:480pt;height:21.9pt;z-index:251660288;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDGDsiINQIAAFAEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEFu2zAQvBfoHwjea8muk9iC5SBw6qJA&#10;2gZI+4A1RUlEKJJd0pbTh/UD+ViXlOPY7a2oDwRXuxzOznC9uN53mu0kemVNycejnDNphK2UaUr+&#10;/dv63YwzH8BUoK2RJX+Snl8v375Z9K6QE9taXUlkBGJ80buStyG4Isu8aGUHfmSdNJSsLXYQKMQm&#10;qxB6Qu90Nsnzy6y3WDm0QnpPX2+HJF8m/LqWInytay8D0yUnbiGtmNZNXLPlAooGwbVKHGjAP7Do&#10;QBm69Ah1CwHYFtVfUJ0SaL2tw0jYLrN1rYRMPVA34/yPbh5acDL1QuJ4d5TJ/z9Y8WV3j0xVJZ9y&#10;ZqAji27VY/X8C0MjDZtGgXrnC6p7cPcYW/TuzopHz4xdtWAaeYNo+1ZCRbTGsT47OxADT0fZpv9s&#10;K8KHbbBJq32NXQQkFdg+WfJ0tETuAxP08TKfX+Y5OScoN7majd8nzzIoXk479OGjtB2Lm5IjWZ7Q&#10;YXfnQ2QDxUtJYm+1qtZK6xRgs1lpZDug57FOv9QANXlapg3rSz6/mFwk5LOcP4UgppHscOtZWacC&#10;vXOtupLPjkVQRNk+mIoOQBFA6WFPlLU56BilGywI+80+OZVEjrJubPVEwqIdnjWNIW1aiz856+lJ&#10;l9z/2AJKzvQnQ+bMx9NpnIEUTC+uJhTgaWZzmgEjCKrkgbNhuwrD3Gwdqqalm8ZJDWNvyNBaJa1f&#10;WR3o07NNFhxGLM7FaZyqXv8Ilr8BAAD//wMAUEsDBBQABgAIAAAAIQD3gyf+3wAAAAkBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcWrsOikjIpkKgInFs0ws3J94mKbEdxU4b+HrM&#10;CY6reZp5W2wXM7ALTb53FmGzFsDINk73tkU4VrvVIzAflNVqcJYQvsjDtry9KVSu3dXu6XIILYsl&#10;1ucKoQthzDn3TUdG+bUbycbs5CajQjynlutJXWO5GbgUIuVG9TYudGqkl46az8NsEOpeHtX3vnoT&#10;Jtsl4X2pzvPHK+L93fL8BCzQEv5g+NWP6lBGp9rNVns2IKxkkkUUQQoJLAJZkm6A1QjpgwBeFvz/&#10;B+UPAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABb&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAA&#10;AAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAMYOyIg1AgAAUAQAAA4AAAAAAAAAAAAA&#10;AAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAPeDJ/7fAAAACQEAAA8AAAAAAAAA&#10;AAAAAAAAjwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACbBQAAAAA=&#10;">
+            <v:textbox style="mso-next-textbox:#Dikdörtgen 4">
               <w:txbxContent>
                 <w:p w14:paraId="0810BDBA" w14:textId="77777777" w:rsidR="00812A86" w:rsidRPr="00FE12FF" w:rsidRDefault="00812A86" w:rsidP="00812A86">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:b/>
                       <w:i/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00FE12FF">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:b/>
                       <w:i/>
                     </w:rPr>
                     <w:t>Anketimiz sona ermiştir. K</w:t>
                   </w:r>
                   <w:r w:rsidR="00FE12FF">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:b/>
                       <w:i/>
                     </w:rPr>
                     <w:t>atılımınız için teşekkür ederiz.</w:t>
                   </w:r>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:rect>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w14:paraId="342883FA" w14:textId="77777777" w:rsidR="00812A86" w:rsidRPr="00D47438" w:rsidRDefault="00812A86">
+    <w:p w14:paraId="342883FA" w14:textId="2562C81F" w:rsidR="00812A86" w:rsidRDefault="00812A86">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00812A86" w:rsidRPr="00D47438" w:rsidSect="00BB384D">
+    <w:p w14:paraId="75AA9815" w14:textId="77777777" w:rsidR="00D14056" w:rsidRDefault="00D14056">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="10729FFE" w14:textId="77777777" w:rsidR="00D14056" w:rsidRPr="00D47438" w:rsidRDefault="00D14056">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00D14056" w:rsidRPr="00D47438" w:rsidSect="00BB384D">
+      <w:headerReference w:type="even" r:id="rId10"/>
+      <w:headerReference w:type="default" r:id="rId11"/>
+      <w:footerReference w:type="even" r:id="rId12"/>
+      <w:footerReference w:type="default" r:id="rId13"/>
+      <w:headerReference w:type="first" r:id="rId14"/>
+      <w:footerReference w:type="first" r:id="rId15"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="5EB81ADA" w14:textId="77777777" w:rsidR="008D5C0D" w:rsidRDefault="008D5C0D" w:rsidP="00FA3EEB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="705DF489" w14:textId="77777777" w:rsidR="008D5C0D" w:rsidRDefault="008D5C0D" w:rsidP="00FA3EEB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="A2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="A2"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="15D4CB23" w14:textId="77777777" w:rsidR="00FA3EEB" w:rsidRDefault="00FA3EEB">
+    <w:pPr>
+      <w:pStyle w:val="AltBilgi"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:sdt>
+    <w:sdtPr>
+      <w:id w:val="-836309403"/>
+      <w:docPartObj>
+        <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+        <w:docPartUnique/>
+      </w:docPartObj>
+    </w:sdtPr>
+    <w:sdtContent>
+      <w:p w14:paraId="61F3E04C" w14:textId="2A4E66B8" w:rsidR="00FA3EEB" w:rsidRPr="00FA3EEB" w:rsidRDefault="00FA3EEB" w:rsidP="00FA3EEB">
+        <w:pPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+        </w:pPr>
+        <w:proofErr w:type="gramStart"/>
+        <w:r w:rsidRPr="00FA3EEB">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>PP.1.4.FR.000</w:t>
+        </w:r>
+        <w:r w:rsidR="003F06FD">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>4</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00FA3EEB">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>,R0,Kasım</w:t>
+        </w:r>
+        <w:proofErr w:type="gramEnd"/>
+        <w:r w:rsidRPr="00FA3EEB">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> 2025</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00FA3EEB">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidRPr="00FA3EEB">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidRPr="00FA3EEB">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidRPr="00FA3EEB">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidRPr="00FA3EEB">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidRPr="00FA3EEB">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidRPr="00FA3EEB">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidRPr="00FA3EEB">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:tab/>
+          <w:t xml:space="preserve">                  </w:t>
+        </w:r>
+      </w:p>
+      <w:p w14:paraId="63F0A670" w14:textId="77777777" w:rsidR="00FA3EEB" w:rsidRPr="00FA3EEB" w:rsidRDefault="00FA3EEB" w:rsidP="00FA3EEB">
+        <w:pPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+        </w:pPr>
+        <w:r w:rsidRPr="00FA3EEB">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+          <w:t xml:space="preserve">“Bu dokümanın basılı hâli kontrolsüz </w:t>
+        </w:r>
+        <w:proofErr w:type="gramStart"/>
+        <w:r w:rsidRPr="00FA3EEB">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+          <w:t>doküman</w:t>
+        </w:r>
+        <w:proofErr w:type="gramEnd"/>
+        <w:r w:rsidRPr="00FA3EEB">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> kabul edilmektedir. Lütfen web sitesinden enson versiyonuna ulaşınız.”</w:t>
+        </w:r>
+      </w:p>
+      <w:p w14:paraId="60D87145" w14:textId="222E06EF" w:rsidR="00FA3EEB" w:rsidRDefault="00000000">
+        <w:pPr>
+          <w:pStyle w:val="AltBilgi"/>
+        </w:pPr>
+        <w:r>
+          <w:pict w14:anchorId="6B400236">
+            <v:rect id="_x0000_s1025" style="position:absolute;margin-left:0;margin-top:0;width:60pt;height:70.5pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:right-margin-area;mso-position-vertical:top;mso-position-vertical-relative:bottom-margin-area;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAeILfivwIAAA0GAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu2zAMfR+wfxD0njr2nIuNOkUvyzCg&#10;24q1+wBZlmOhulVS4mTD/n2UnLTp2qetCSCLFnVMHh7y9GwrBdow67hWFU5PxhgxRXXD1arCP+6W&#10;ozlGzhPVEKEVq/COOXy2eP/utDcly3SnRcMsAhDlyt5UuPPelEniaMckcSfaMAWHrbaSeDDtKmks&#10;6QFdiiQbj6dJr21jrKbMOXh7NRziRcRvW0b9t7Z1zCNRYYjNx9XGtQ5rsjgl5coS03G6D4P8QxSS&#10;cAUffYS6Ip6gteUvoCSnVjvd+hOqZaLbllMWcwjZzJNpks3/Sum2I4bFhIAhZx65cm+MTb9ubizi&#10;DVQRI0UkFOs70EfUSjCUpoGp3rgS3G7NjQ25OnOt6b1DSl924MbOrdV9x0gDoUX/5NmFYDi4iur+&#10;i24Anqy9jqRtWysDINCBtrE2u8fasK1HFF7OpkAQVJDC0byYfJjE2iWkPFw21vlPTEsUNhW2EHsE&#10;J5tr5yF4cD24xOC14M2SCxENu6ovhUUbAjJZxh/eEy3pC55fEaUk9n5tRlBTQzyvueB+F/WJkaTl&#10;55XSltQCcj7AkjR/gfuqNvZyD2CzJPyj1IZ83HEOQBQkGrIJlEXt/SrSLB9fZMVoOZ3PRnmbT0bF&#10;bDwfjdPiopiO8yK/Wv4OLKV52fGmYeqaK3bog/8LEfUVLibZJBbhWaTumG0oaqzrMALemu1XeJLc&#10;w8QRXIKOhm+DEymDbj+qJu494WLYJ8+ZiSoCeg/PSHhUeRD20CBE+LttvUUelluvbZTyYLGHvaxD&#10;K9S62UEzWA1iBV3DDIVNp+1PjHqYRxV2D2tiGUbis4KGKtI8DwMsGvlkloFhj0/q4xOiKEBV2GM0&#10;bC/9MPTWxvJVB19KY12UPocmbHlskKeoIL9gwLiJme7nYxhqx3b0epriiz8AAAD//wMAUEsDBBQA&#10;BgAIAAAAIQBs1R/T2QAAAAUBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT8MwDIXvSPyHyEjcWDIY&#10;1VaaTghpJ+DAhsTVa7y2onFKk27l3+NxgYtl61nvfa9YT75TRxpiG9jCfGZAEVfBtVxbeN9tbpag&#10;YkJ22AUmC98UYV1eXhSYu3DiNzpuU63EhGOOFpqU+lzrWDXkMc5CTyzaIQwek5xDrd2AJzH3nb41&#10;JtMeW5aEBnt6aqj63I7eAmYL9/V6uHvZPY8ZrurJbO4/jLXXV9PjA6hEU/p7hjO+oEMpTPswsouq&#10;syBF0u88axIFai/LYm5Al4X+T1/+AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/W&#10;AAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAB4gt+K/&#10;AgAADQYAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAGzV&#10;H9PZAAAABQEAAA8AAAAAAAAAAAAAAAAAGQUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMA&#10;AAAfBgAAAAA=&#10;" stroked="f">
+              <v:textbox>
+                <w:txbxContent>
+                  <w:p w14:paraId="11A1C430" w14:textId="56FB635F" w:rsidR="00FA3EEB" w:rsidRPr="00FA3EEB" w:rsidRDefault="00000000">
+                    <w:pPr>
+                      <w:jc w:val="center"/>
+                      <w:rPr>
+                        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:sdt>
+                      <w:sdtPr>
+                        <w:rPr>
+                          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+                          <w:sz w:val="48"/>
+                          <w:szCs w:val="48"/>
+                        </w:rPr>
+                        <w:id w:val="1709992740"/>
+                      </w:sdtPr>
+                      <w:sdtEndPr>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:sdtEndPr>
+                      <w:sdtContent>
+                        <w:sdt>
+                          <w:sdtPr>
+                            <w:rPr>
+                              <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:id w:val="-1904517296"/>
+                          </w:sdtPr>
+                          <w:sdtContent>
+                            <w:r w:rsidR="00FA3EEB" w:rsidRPr="00FA3EEB">
+                              <w:rPr>
+                                <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:fldChar w:fldCharType="begin"/>
+                            </w:r>
+                            <w:r w:rsidR="00FA3EEB" w:rsidRPr="00FA3EEB">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
+                            </w:r>
+                            <w:r w:rsidR="00FA3EEB" w:rsidRPr="00FA3EEB">
+                              <w:rPr>
+                                <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:fldChar w:fldCharType="separate"/>
+                            </w:r>
+                            <w:r w:rsidR="00FA3EEB" w:rsidRPr="00FA3EEB">
+                              <w:rPr>
+                                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>2</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00FA3EEB" w:rsidRPr="00FA3EEB">
+                              <w:rPr>
+                                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:fldChar w:fldCharType="end"/>
+                            </w:r>
+                          </w:sdtContent>
+                        </w:sdt>
+                      </w:sdtContent>
+                    </w:sdt>
+                    <w:r w:rsidR="00FA3EEB" w:rsidRPr="00FA3EEB">
+                      <w:rPr>
+                        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>/4</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="margin" anchory="margin"/>
+            </v:rect>
+          </w:pict>
+        </w:r>
+      </w:p>
+    </w:sdtContent>
+  </w:sdt>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="5C05B4BF" w14:textId="77777777" w:rsidR="00FA3EEB" w:rsidRDefault="00FA3EEB">
+    <w:pPr>
+      <w:pStyle w:val="AltBilgi"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="2FFF7BF4" w14:textId="77777777" w:rsidR="008D5C0D" w:rsidRDefault="008D5C0D" w:rsidP="00FA3EEB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="64A8502E" w14:textId="77777777" w:rsidR="008D5C0D" w:rsidRDefault="008D5C0D" w:rsidP="00FA3EEB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="72B9A27D" w14:textId="77777777" w:rsidR="00FA3EEB" w:rsidRDefault="00FA3EEB">
+    <w:pPr>
+      <w:pStyle w:val="stBilgi"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="29519F29" w14:textId="77777777" w:rsidR="00FA3EEB" w:rsidRDefault="00FA3EEB">
+    <w:pPr>
+      <w:pStyle w:val="stBilgi"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="4FDBBAED" w14:textId="77777777" w:rsidR="00FA3EEB" w:rsidRDefault="00FA3EEB">
+    <w:pPr>
+      <w:pStyle w:val="stBilgi"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0A190241"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9DAC4EF0"/>
     <w:lvl w:ilvl="0" w:tplc="041F000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041F0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041F001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -13307,148 +14118,171 @@
   <w:num w:numId="21" w16cid:durableId="1769616101">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="1876770036">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="1358703657">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="251014427">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="1456682038">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="1155220418">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="1383945256">
     <w:abstractNumId w:val="22"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="108"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:displayBackgroundShape/>
+  <w:proofState w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2052"/>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="1"/>
+    </o:shapelayout>
+  </w:hdrShapeDefaults>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00CB5F29"/>
     <w:rsid w:val="001014AD"/>
     <w:rsid w:val="00113B5E"/>
     <w:rsid w:val="0015000B"/>
     <w:rsid w:val="001626E4"/>
     <w:rsid w:val="001C133A"/>
     <w:rsid w:val="00270690"/>
     <w:rsid w:val="002E6DA5"/>
     <w:rsid w:val="003038C5"/>
     <w:rsid w:val="003559DF"/>
     <w:rsid w:val="0038191C"/>
     <w:rsid w:val="003849B9"/>
     <w:rsid w:val="003A602A"/>
     <w:rsid w:val="003E4D10"/>
+    <w:rsid w:val="003F06FD"/>
     <w:rsid w:val="00451858"/>
     <w:rsid w:val="0046148C"/>
     <w:rsid w:val="004B4741"/>
     <w:rsid w:val="004B6F28"/>
     <w:rsid w:val="0054339C"/>
     <w:rsid w:val="0061435E"/>
     <w:rsid w:val="00681423"/>
     <w:rsid w:val="006F195D"/>
     <w:rsid w:val="00741578"/>
     <w:rsid w:val="00763F18"/>
     <w:rsid w:val="00777C9D"/>
     <w:rsid w:val="00812A86"/>
     <w:rsid w:val="00822B07"/>
     <w:rsid w:val="008D242B"/>
+    <w:rsid w:val="008D5C0D"/>
+    <w:rsid w:val="0094366F"/>
     <w:rsid w:val="00967511"/>
     <w:rsid w:val="009C7BA8"/>
+    <w:rsid w:val="009E34AC"/>
     <w:rsid w:val="009F4C76"/>
     <w:rsid w:val="00A150C9"/>
     <w:rsid w:val="00A31A25"/>
+    <w:rsid w:val="00A57B17"/>
     <w:rsid w:val="00A86FAD"/>
     <w:rsid w:val="00A906B1"/>
     <w:rsid w:val="00A96699"/>
+    <w:rsid w:val="00B432F6"/>
     <w:rsid w:val="00BB384D"/>
     <w:rsid w:val="00BB3AD8"/>
     <w:rsid w:val="00BC438C"/>
     <w:rsid w:val="00C30BD8"/>
     <w:rsid w:val="00C82A7F"/>
     <w:rsid w:val="00CA7322"/>
     <w:rsid w:val="00CB5F29"/>
+    <w:rsid w:val="00D14056"/>
     <w:rsid w:val="00D31F66"/>
     <w:rsid w:val="00D47438"/>
     <w:rsid w:val="00D974A6"/>
     <w:rsid w:val="00DD14FA"/>
     <w:rsid w:val="00E7235D"/>
     <w:rsid w:val="00E724B8"/>
     <w:rsid w:val="00EB77EB"/>
     <w:rsid w:val="00ED477C"/>
     <w:rsid w:val="00F33FC9"/>
     <w:rsid w:val="00F402C4"/>
     <w:rsid w:val="00F854ED"/>
+    <w:rsid w:val="00FA3EEB"/>
     <w:rsid w:val="00FB4CB0"/>
     <w:rsid w:val="00FE12FF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="tr-TR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1028"/>
+    <o:shapedefaults v:ext="edit" spidmax="2052"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="7F64C300"/>
   <w15:docId w15:val="{5DFCEADE-970E-490B-97A7-AD08DB834FBF}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="tr-TR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -13526,94 +14360,98 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
@@ -13901,63 +14739,107 @@
     <w:link w:val="GvdeMetni2Char"/>
     <w:rsid w:val="001014AD"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="tr-TR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="GvdeMetni2Char">
     <w:name w:val="Gövde Metni 2 Char"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
     <w:link w:val="GvdeMetni2"/>
     <w:rsid w:val="001014AD"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="tr-TR"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="stBilgi">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="stBilgiChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00FA3EEB"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="stBilgiChar">
+    <w:name w:val="Üst Bilgi Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="stBilgi"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00FA3EEB"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="AltBilgi">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="AltBilgiChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00FA3EEB"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="AltBilgiChar">
+    <w:name w:val="Alt Bilgi Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="AltBilgi"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00FA3EEB"/>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="http://www.odu.edu.tr/files/other/KurumsalKimlik/Logo/logo1dikey.png" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="http://www.odu.edu.tr/files/other/KurumsalKimlik/Logo/logo1dikey.png" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Teması">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -14198,69 +15080,69 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F0EA8E42-AAA8-4989-85C1-4E3123895107}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>1053</Words>
-  <Characters>6008</Characters>
+  <Words>1103</Words>
+  <Characters>6288</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>50</Lines>
+  <Lines>52</Lines>
   <Paragraphs>14</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Konu Başlığı</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7047</CharactersWithSpaces>
+  <CharactersWithSpaces>7377</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>test</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>