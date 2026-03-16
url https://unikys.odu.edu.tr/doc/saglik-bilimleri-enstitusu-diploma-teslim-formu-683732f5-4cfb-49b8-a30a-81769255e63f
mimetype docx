--- v0 (2025-12-19)
+++ v1 (2026-03-16)
@@ -51,997 +51,915 @@
       </w:pPr>
       <w:r w:rsidRPr="00F644F7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">DİPLOMA TESLİM </w:t>
       </w:r>
       <w:r w:rsidR="00E07F48" w:rsidRPr="00F644F7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>FORMU</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10065" w:type="dxa"/>
         <w:tblInd w:w="-431" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="747474"/>
-[...3 lines deleted...]
-          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="747474"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="747474"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3120"/>
-        <w:gridCol w:w="6945"/>
+        <w:gridCol w:w="3828"/>
+        <w:gridCol w:w="6237"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001847F6" w:rsidRPr="00483665" w14:paraId="438893AA" w14:textId="77777777" w:rsidTr="00F863F6">
+      <w:tr w:rsidR="001847F6" w:rsidRPr="00483665" w14:paraId="438893AA" w14:textId="77777777" w:rsidTr="00792625">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10065" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...1 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="588D65D5" w14:textId="10A82C46" w:rsidR="001847F6" w:rsidRPr="00F644F7" w:rsidRDefault="00AA6068" w:rsidP="00AA6068">
             <w:pPr>
               <w:widowControl/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7977"/>
               </w:tabs>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F644F7">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ÖĞRENCİ BİLGİLERİ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA6068" w:rsidRPr="00483665" w14:paraId="38DD17F6" w14:textId="77777777" w:rsidTr="00AA6068">
+      <w:tr w:rsidR="00AA6068" w:rsidRPr="00483665" w14:paraId="38DD17F6" w14:textId="77777777" w:rsidTr="005B40D3">
         <w:trPr>
-          <w:trHeight w:val="397"/>
+          <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3120" w:type="dxa"/>
+            <w:tcW w:w="3828" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="0C7E9BF4" w14:textId="0B2D5D1C" w:rsidR="00AA6068" w:rsidRPr="00F644F7" w:rsidRDefault="00AA6068" w:rsidP="00CA5AB4">
+          <w:p w14:paraId="0C7E9BF4" w14:textId="3D43E632" w:rsidR="00AA6068" w:rsidRPr="00F644F7" w:rsidRDefault="00AA6068" w:rsidP="00CA5AB4">
             <w:pPr>
               <w:pStyle w:val="GvdeMetni"/>
               <w:spacing w:before="7"/>
               <w:rPr>
                 <w:bCs/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F644F7">
               <w:rPr>
                 <w:bCs/>
                 <w:iCs/>
               </w:rPr>
-              <w:t>T.C. K</w:t>
+              <w:t>T.C.</w:t>
+            </w:r>
+            <w:r w:rsidR="005B40D3">
+              <w:rPr>
+                <w:bCs/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>/YU.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F644F7">
+              <w:rPr>
+                <w:bCs/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> K</w:t>
             </w:r>
             <w:r w:rsidR="00CA5AB4" w:rsidRPr="00F644F7">
               <w:rPr>
                 <w:bCs/>
                 <w:iCs/>
               </w:rPr>
               <w:t>İMLİK NUMARASI:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6945" w:type="dxa"/>
+            <w:tcW w:w="6237" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="703192E4" w14:textId="77777777" w:rsidR="00AA6068" w:rsidRPr="00483665" w:rsidRDefault="00AA6068" w:rsidP="00454060">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001847F6" w:rsidRPr="00483665" w14:paraId="254410B1" w14:textId="77777777" w:rsidTr="00AA6068">
+      <w:tr w:rsidR="001847F6" w:rsidRPr="00483665" w14:paraId="254410B1" w14:textId="77777777" w:rsidTr="005B40D3">
         <w:trPr>
-          <w:trHeight w:val="397"/>
+          <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3120" w:type="dxa"/>
+            <w:tcW w:w="3828" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="55CA258A" w14:textId="6F898E84" w:rsidR="001847F6" w:rsidRPr="00F644F7" w:rsidRDefault="00CA5AB4" w:rsidP="00CA5AB4">
             <w:pPr>
               <w:pStyle w:val="GvdeMetni"/>
               <w:spacing w:before="7"/>
               <w:rPr>
                 <w:bCs/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F644F7">
               <w:rPr>
                 <w:bCs/>
                 <w:iCs/>
               </w:rPr>
               <w:t>ADI SOYADI:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6945" w:type="dxa"/>
+            <w:tcW w:w="6237" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="470EFE71" w14:textId="77777777" w:rsidR="001847F6" w:rsidRPr="00483665" w:rsidRDefault="001847F6" w:rsidP="00454060">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001847F6" w:rsidRPr="00483665" w14:paraId="11F7CBAF" w14:textId="77777777" w:rsidTr="00AA6068">
+      <w:tr w:rsidR="00AA6068" w:rsidRPr="00483665" w14:paraId="6499D82B" w14:textId="77777777" w:rsidTr="005B40D3">
         <w:trPr>
-          <w:trHeight w:val="397"/>
+          <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3120" w:type="dxa"/>
+            <w:tcW w:w="3828" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="3C7663B2" w14:textId="2B2A6927" w:rsidR="001847F6" w:rsidRPr="00F644F7" w:rsidRDefault="00CA5AB4" w:rsidP="00CA5AB4">
+          <w:p w14:paraId="63C6E64E" w14:textId="5F14CBDD" w:rsidR="00AA6068" w:rsidRPr="00F644F7" w:rsidRDefault="00AA6068" w:rsidP="00CA5AB4">
             <w:pPr>
               <w:pStyle w:val="GvdeMetni"/>
               <w:spacing w:before="7"/>
               <w:rPr>
                 <w:bCs/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F644F7">
               <w:rPr>
                 <w:bCs/>
                 <w:iCs/>
               </w:rPr>
-              <w:t>ANNE ADI</w:t>
-[...12 lines deleted...]
-            <w:tcW w:w="6945" w:type="dxa"/>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r w:rsidR="00CA5AB4" w:rsidRPr="00F644F7">
+              <w:rPr>
+                <w:bCs/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>OĞUM TARİHİ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F644F7">
+              <w:rPr>
+                <w:bCs/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6237" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="24DB73D7" w14:textId="77777777" w:rsidR="001847F6" w:rsidRPr="00483665" w:rsidRDefault="001847F6" w:rsidP="00454060">
+          <w:p w14:paraId="607E33E6" w14:textId="77777777" w:rsidR="00AA6068" w:rsidRPr="00483665" w:rsidRDefault="00AA6068" w:rsidP="00454060">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA6068" w:rsidRPr="00483665" w14:paraId="75F3235E" w14:textId="77777777" w:rsidTr="00AA6068">
+      <w:tr w:rsidR="00AA6068" w:rsidRPr="00483665" w14:paraId="55D53A86" w14:textId="77777777" w:rsidTr="005B40D3">
         <w:trPr>
-          <w:trHeight w:val="397"/>
+          <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3120" w:type="dxa"/>
+            <w:tcW w:w="3828" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="16092C0B" w14:textId="4A2F2F81" w:rsidR="00AA6068" w:rsidRPr="00F644F7" w:rsidRDefault="00AA6068" w:rsidP="00CA5AB4">
+          <w:p w14:paraId="62177CB7" w14:textId="7FE29174" w:rsidR="00AA6068" w:rsidRPr="00F644F7" w:rsidRDefault="00AA6068" w:rsidP="00CA5AB4">
             <w:pPr>
               <w:pStyle w:val="GvdeMetni"/>
               <w:spacing w:before="7"/>
               <w:rPr>
                 <w:bCs/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F644F7">
               <w:rPr>
                 <w:bCs/>
                 <w:iCs/>
               </w:rPr>
-              <w:t>B</w:t>
+              <w:t>D</w:t>
             </w:r>
             <w:r w:rsidR="00CA5AB4" w:rsidRPr="00F644F7">
               <w:rPr>
                 <w:bCs/>
                 <w:iCs/>
               </w:rPr>
-              <w:t>ABA ADI</w:t>
+              <w:t>OĞUM YERİ</w:t>
             </w:r>
             <w:r w:rsidRPr="00F644F7">
               <w:rPr>
                 <w:bCs/>
                 <w:iCs/>
               </w:rPr>
               <w:t xml:space="preserve"> :</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6945" w:type="dxa"/>
+            <w:tcW w:w="6237" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="78EB4CED" w14:textId="77777777" w:rsidR="00AA6068" w:rsidRPr="00483665" w:rsidRDefault="00AA6068" w:rsidP="00454060">
+          <w:p w14:paraId="3A186B32" w14:textId="77777777" w:rsidR="00AA6068" w:rsidRPr="00483665" w:rsidRDefault="00AA6068" w:rsidP="00454060">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA6068" w:rsidRPr="00483665" w14:paraId="6499D82B" w14:textId="77777777" w:rsidTr="00AA6068">
+      <w:tr w:rsidR="00AA6068" w:rsidRPr="00483665" w14:paraId="0432DFFF" w14:textId="77777777" w:rsidTr="005B40D3">
         <w:trPr>
-          <w:trHeight w:val="397"/>
+          <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3120" w:type="dxa"/>
+            <w:tcW w:w="3828" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="63C6E64E" w14:textId="5F14CBDD" w:rsidR="00AA6068" w:rsidRPr="00F644F7" w:rsidRDefault="00AA6068" w:rsidP="00CA5AB4">
+          <w:p w14:paraId="70EC0B44" w14:textId="2E7882B1" w:rsidR="00AA6068" w:rsidRPr="00F644F7" w:rsidRDefault="00CA5AB4" w:rsidP="00CA5AB4">
             <w:pPr>
               <w:pStyle w:val="GvdeMetni"/>
               <w:spacing w:before="7"/>
               <w:rPr>
                 <w:bCs/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F644F7">
               <w:rPr>
                 <w:bCs/>
                 <w:iCs/>
               </w:rPr>
-              <w:t>D</w:t>
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00F644F7">
+              <w:t>ÖĞRENCİ NUMARASI</w:t>
+            </w:r>
+            <w:r w:rsidR="00AA6068" w:rsidRPr="00F644F7">
               <w:rPr>
                 <w:bCs/>
                 <w:iCs/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6945" w:type="dxa"/>
+            <w:tcW w:w="6237" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="607E33E6" w14:textId="77777777" w:rsidR="00AA6068" w:rsidRPr="00483665" w:rsidRDefault="00AA6068" w:rsidP="00454060">
+          <w:p w14:paraId="2A7922A5" w14:textId="77777777" w:rsidR="00AA6068" w:rsidRPr="00483665" w:rsidRDefault="00AA6068" w:rsidP="00454060">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA6068" w:rsidRPr="00483665" w14:paraId="55D53A86" w14:textId="77777777" w:rsidTr="00AA6068">
+      <w:tr w:rsidR="008012DE" w:rsidRPr="00483665" w14:paraId="722EC4A7" w14:textId="77777777" w:rsidTr="005B40D3">
         <w:trPr>
-          <w:trHeight w:val="397"/>
+          <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3120" w:type="dxa"/>
+            <w:tcW w:w="3828" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="62177CB7" w14:textId="7FE29174" w:rsidR="00AA6068" w:rsidRPr="00F644F7" w:rsidRDefault="00AA6068" w:rsidP="00CA5AB4">
+          <w:p w14:paraId="28EEAEF2" w14:textId="7CFC6A28" w:rsidR="008012DE" w:rsidRPr="00F644F7" w:rsidRDefault="008012DE" w:rsidP="00CA5AB4">
             <w:pPr>
               <w:pStyle w:val="GvdeMetni"/>
               <w:spacing w:before="7"/>
               <w:rPr>
                 <w:bCs/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F644F7">
-[...24 lines deleted...]
-            <w:tcW w:w="6945" w:type="dxa"/>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>PASAPORT NUMARASI:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6237" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3A186B32" w14:textId="77777777" w:rsidR="00AA6068" w:rsidRPr="00483665" w:rsidRDefault="00AA6068" w:rsidP="00454060">
+          <w:p w14:paraId="67BA53D3" w14:textId="77777777" w:rsidR="008012DE" w:rsidRPr="00483665" w:rsidRDefault="008012DE" w:rsidP="00454060">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA6068" w:rsidRPr="00483665" w14:paraId="0432DFFF" w14:textId="77777777" w:rsidTr="00AA6068">
+      <w:tr w:rsidR="00AA6068" w:rsidRPr="00483665" w14:paraId="52C7DDFD" w14:textId="77777777" w:rsidTr="005B40D3">
         <w:trPr>
-          <w:trHeight w:val="397"/>
+          <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3120" w:type="dxa"/>
+            <w:tcW w:w="3828" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="70EC0B44" w14:textId="2E7882B1" w:rsidR="00AA6068" w:rsidRPr="00F644F7" w:rsidRDefault="00CA5AB4" w:rsidP="00CA5AB4">
+          <w:p w14:paraId="634811CE" w14:textId="4B92AE5B" w:rsidR="00AA6068" w:rsidRPr="00F644F7" w:rsidRDefault="00AA6068" w:rsidP="00CA5AB4">
             <w:pPr>
               <w:pStyle w:val="GvdeMetni"/>
               <w:spacing w:before="7"/>
               <w:rPr>
                 <w:bCs/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F644F7">
               <w:rPr>
                 <w:bCs/>
                 <w:iCs/>
               </w:rPr>
-              <w:t>ÖĞRENCİ NUMARASI</w:t>
-[...12 lines deleted...]
-            <w:tcW w:w="6945" w:type="dxa"/>
+              <w:t>A</w:t>
+            </w:r>
+            <w:r w:rsidR="00CA5AB4" w:rsidRPr="00F644F7">
+              <w:rPr>
+                <w:bCs/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>NABİLİM DALI</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F644F7">
+              <w:rPr>
+                <w:bCs/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> :</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6237" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2A7922A5" w14:textId="77777777" w:rsidR="00AA6068" w:rsidRPr="00483665" w:rsidRDefault="00AA6068" w:rsidP="00454060">
+          <w:p w14:paraId="5EE0025F" w14:textId="77777777" w:rsidR="00AA6068" w:rsidRPr="00483665" w:rsidRDefault="00AA6068" w:rsidP="00454060">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA6068" w:rsidRPr="00483665" w14:paraId="52C7DDFD" w14:textId="77777777" w:rsidTr="00F863F6">
+      <w:tr w:rsidR="00AA6068" w:rsidRPr="00483665" w14:paraId="41ACFC8A" w14:textId="77777777" w:rsidTr="005B40D3">
         <w:trPr>
-          <w:trHeight w:val="397"/>
+          <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3120" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="3828" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="634811CE" w14:textId="4B92AE5B" w:rsidR="00AA6068" w:rsidRPr="00F644F7" w:rsidRDefault="00AA6068" w:rsidP="00CA5AB4">
+          <w:p w14:paraId="3600E1F5" w14:textId="3EFBFEF7" w:rsidR="00AA6068" w:rsidRPr="00F644F7" w:rsidRDefault="00AA6068" w:rsidP="00AE414D">
             <w:pPr>
               <w:pStyle w:val="GvdeMetni"/>
               <w:spacing w:before="7"/>
               <w:rPr>
                 <w:bCs/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F644F7">
               <w:rPr>
                 <w:bCs/>
                 <w:iCs/>
               </w:rPr>
-              <w:t>A</w:t>
+              <w:t>P</w:t>
             </w:r>
             <w:r w:rsidR="00CA5AB4" w:rsidRPr="00F644F7">
               <w:rPr>
                 <w:bCs/>
                 <w:iCs/>
               </w:rPr>
-              <w:t>NABİLİM DALI</w:t>
+              <w:t>ROGRAM</w:t>
             </w:r>
             <w:r w:rsidRPr="00F644F7">
               <w:rPr>
                 <w:bCs/>
                 <w:iCs/>
               </w:rPr>
-              <w:t xml:space="preserve"> :</w:t>
-[...63 lines deleted...]
-              </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6945" w:type="dxa"/>
-[...3 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="6237" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5AE9429A" w14:textId="265A931E" w:rsidR="00AA6068" w:rsidRPr="00F644F7" w:rsidRDefault="00AA6068" w:rsidP="00AA6068">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5276"/>
               </w:tabs>
               <w:ind w:left="-110" w:firstLine="141"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA6068" w:rsidRPr="00483665" w14:paraId="043C6643" w14:textId="77777777" w:rsidTr="00F863F6">
+      <w:tr w:rsidR="00AA6068" w:rsidRPr="00483665" w14:paraId="043C6643" w14:textId="77777777" w:rsidTr="005B40D3">
         <w:trPr>
-          <w:trHeight w:val="397"/>
+          <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3120" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="3828" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3F280CE2" w14:textId="0EF1055E" w:rsidR="00AA6068" w:rsidRPr="00F644F7" w:rsidRDefault="00AA6068" w:rsidP="00F644F7">
             <w:pPr>
               <w:pStyle w:val="GvdeMetni"/>
               <w:spacing w:before="7"/>
               <w:rPr>
                 <w:bCs/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F644F7">
               <w:rPr>
                 <w:bCs/>
                 <w:iCs/>
               </w:rPr>
               <w:t>K</w:t>
             </w:r>
             <w:r w:rsidR="00CA5AB4" w:rsidRPr="00F644F7">
               <w:rPr>
                 <w:bCs/>
                 <w:iCs/>
               </w:rPr>
               <w:t>AYIT TARİHİ</w:t>
             </w:r>
             <w:r w:rsidRPr="00F644F7">
               <w:rPr>
                 <w:bCs/>
                 <w:iCs/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6945" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="6237" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7E830AA5" w14:textId="77777777" w:rsidR="00AA6068" w:rsidRPr="00483665" w:rsidRDefault="00AA6068" w:rsidP="00454060">
             <w:pPr>
               <w:ind w:left="-110"/>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001847F6" w:rsidRPr="00483665" w14:paraId="56E9E5A8" w14:textId="77777777" w:rsidTr="00AA6068">
+      <w:tr w:rsidR="001847F6" w:rsidRPr="00483665" w14:paraId="56E9E5A8" w14:textId="77777777" w:rsidTr="005B40D3">
         <w:trPr>
-          <w:trHeight w:val="397"/>
+          <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3120" w:type="dxa"/>
+            <w:tcW w:w="3828" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="31687202" w14:textId="03045701" w:rsidR="001847F6" w:rsidRPr="00F644F7" w:rsidRDefault="00AA6068" w:rsidP="00F644F7">
             <w:pPr>
               <w:pStyle w:val="GvdeMetni"/>
               <w:spacing w:before="7"/>
               <w:rPr>
                 <w:bCs/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F644F7">
               <w:rPr>
                 <w:bCs/>
                 <w:iCs/>
               </w:rPr>
               <w:t>M</w:t>
             </w:r>
             <w:r w:rsidR="00CA5AB4" w:rsidRPr="00F644F7">
               <w:rPr>
                 <w:bCs/>
                 <w:iCs/>
               </w:rPr>
               <w:t>EZUNİYET TARİHİ</w:t>
             </w:r>
             <w:r w:rsidRPr="00F644F7">
               <w:rPr>
                 <w:bCs/>
                 <w:iCs/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6945" w:type="dxa"/>
+            <w:tcW w:w="6237" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0EEA8B2D" w14:textId="77777777" w:rsidR="001847F6" w:rsidRPr="00483665" w:rsidRDefault="001847F6" w:rsidP="00454060">
             <w:pPr>
               <w:ind w:left="-110"/>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001847F6" w:rsidRPr="00483665" w14:paraId="43621982" w14:textId="77777777" w:rsidTr="00AA6068">
+      <w:tr w:rsidR="001847F6" w:rsidRPr="00483665" w14:paraId="43621982" w14:textId="77777777" w:rsidTr="005B40D3">
         <w:trPr>
-          <w:trHeight w:val="397"/>
+          <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3120" w:type="dxa"/>
+            <w:tcW w:w="3828" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="661C5397" w14:textId="6EF8B375" w:rsidR="001847F6" w:rsidRPr="00F644F7" w:rsidRDefault="00AA6068" w:rsidP="00F644F7">
             <w:pPr>
               <w:pStyle w:val="GvdeMetni"/>
               <w:spacing w:before="7"/>
               <w:rPr>
                 <w:bCs/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F644F7">
               <w:rPr>
                 <w:bCs/>
                 <w:iCs/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
             <w:r w:rsidR="00CA5AB4" w:rsidRPr="00F644F7">
               <w:rPr>
                 <w:bCs/>
                 <w:iCs/>
               </w:rPr>
               <w:t>İPLOMA NUMARASI</w:t>
             </w:r>
             <w:r w:rsidRPr="00F644F7">
               <w:rPr>
                 <w:bCs/>
                 <w:iCs/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6945" w:type="dxa"/>
+            <w:tcW w:w="6237" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="67BFC7D5" w14:textId="77777777" w:rsidR="001847F6" w:rsidRPr="00483665" w:rsidRDefault="001847F6" w:rsidP="00454060">
             <w:pPr>
               <w:ind w:left="-110"/>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001847F6" w:rsidRPr="00483665" w14:paraId="5AE225D6" w14:textId="77777777" w:rsidTr="00AA6068">
+      <w:tr w:rsidR="001847F6" w:rsidRPr="00483665" w14:paraId="5AE225D6" w14:textId="77777777" w:rsidTr="005B40D3">
         <w:trPr>
-          <w:trHeight w:val="397"/>
+          <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3120" w:type="dxa"/>
+            <w:tcW w:w="3828" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="257975FB" w14:textId="2C142F6A" w:rsidR="001847F6" w:rsidRPr="00F644F7" w:rsidRDefault="00AA6068" w:rsidP="00F644F7">
             <w:pPr>
               <w:pStyle w:val="GvdeMetni"/>
               <w:spacing w:before="7"/>
               <w:rPr>
                 <w:bCs/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F644F7">
               <w:rPr>
                 <w:bCs/>
                 <w:iCs/>
               </w:rPr>
               <w:t>T</w:t>
             </w:r>
             <w:r w:rsidR="00CA5AB4" w:rsidRPr="00F644F7">
               <w:rPr>
                 <w:bCs/>
                 <w:iCs/>
               </w:rPr>
               <w:t>ELEFON:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6945" w:type="dxa"/>
+            <w:tcW w:w="6237" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3FAFEB49" w14:textId="258E5432" w:rsidR="001847F6" w:rsidRPr="00483665" w:rsidRDefault="001847F6" w:rsidP="00454060">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5276"/>
               </w:tabs>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001847F6" w:rsidRPr="00483665" w14:paraId="18B930DF" w14:textId="77777777" w:rsidTr="00AA6068">
+      <w:tr w:rsidR="001847F6" w:rsidRPr="00483665" w14:paraId="18B930DF" w14:textId="77777777" w:rsidTr="005B40D3">
         <w:trPr>
-          <w:trHeight w:val="397"/>
+          <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3120" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="3828" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="30D2662C" w14:textId="42F4E8FC" w:rsidR="001847F6" w:rsidRPr="00F644F7" w:rsidRDefault="00AA6068" w:rsidP="005B40D3">
+            <w:pPr>
+              <w:pStyle w:val="GvdeMetni"/>
+              <w:spacing w:before="7"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F644F7">
+              <w:rPr>
+                <w:bCs/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>E-P</w:t>
+            </w:r>
+            <w:r w:rsidR="00CA5AB4" w:rsidRPr="00F644F7">
+              <w:rPr>
+                <w:bCs/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>OSTA:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6237" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="30D2662C" w14:textId="42F4E8FC" w:rsidR="001847F6" w:rsidRPr="00F644F7" w:rsidRDefault="00AA6068" w:rsidP="00F644F7">
+          <w:p w14:paraId="12A68140" w14:textId="32EEA7EB" w:rsidR="001847F6" w:rsidRPr="00483665" w:rsidRDefault="001847F6" w:rsidP="00454060">
+            <w:pPr>
+              <w:ind w:left="-110" w:firstLine="110"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001847F6" w:rsidRPr="00483665" w14:paraId="01808AF9" w14:textId="77777777" w:rsidTr="005B40D3">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3828" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="13948C78" w14:textId="2B8BC969" w:rsidR="001847F6" w:rsidRPr="00F644F7" w:rsidRDefault="00AA6068" w:rsidP="005B40D3">
             <w:pPr>
               <w:pStyle w:val="GvdeMetni"/>
               <w:spacing w:before="7"/>
               <w:rPr>
                 <w:bCs/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F644F7">
               <w:rPr>
                 <w:bCs/>
                 <w:iCs/>
               </w:rPr>
-              <w:t>E-P</w:t>
+              <w:t>A</w:t>
             </w:r>
             <w:r w:rsidR="00CA5AB4" w:rsidRPr="00F644F7">
               <w:rPr>
                 <w:bCs/>
                 <w:iCs/>
               </w:rPr>
-              <w:t>OSTA:</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="6945" w:type="dxa"/>
+              <w:t>DRES:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6237" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="12A68140" w14:textId="32EEA7EB" w:rsidR="001847F6" w:rsidRPr="00483665" w:rsidRDefault="001847F6" w:rsidP="00454060">
-[...57 lines deleted...]
-          </w:tcPr>
           <w:p w14:paraId="44DD8693" w14:textId="6133E989" w:rsidR="001847F6" w:rsidRPr="00DA56E8" w:rsidRDefault="001847F6" w:rsidP="00454060">
             <w:pPr>
               <w:ind w:left="-110" w:firstLine="110"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
                 <w:color w:val="808080"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="13204442" w14:textId="774EF100" w:rsidR="00DE7235" w:rsidRPr="00DE7235" w:rsidRDefault="00DE7235" w:rsidP="00CA5AB4">
+    <w:p w14:paraId="13204442" w14:textId="774EF100" w:rsidR="00DE7235" w:rsidRPr="00DE7235" w:rsidRDefault="00DE7235" w:rsidP="008012DE">
       <w:pPr>
         <w:pStyle w:val="GvdeMetni"/>
         <w:spacing w:before="7"/>
         <w:ind w:left="-426" w:right="-281" w:firstLine="426"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE7235">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Kimlik ve mezuniyet bilgilerim yukarıda tabloda belirtilmiş olup, Ordu Üniversitesi tarafından adıma düzenlenen </w:t>
       </w:r>
       <w:r w:rsidR="00990BE2">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE7235">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">iplomamı elden teslim almış bulunmaktayım. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79FF79FE" w14:textId="77777777" w:rsidR="001847F6" w:rsidRDefault="001847F6" w:rsidP="005761E9">
+    <w:p w14:paraId="79FF79FE" w14:textId="77777777" w:rsidR="001847F6" w:rsidRDefault="001847F6" w:rsidP="008012DE">
       <w:pPr>
         <w:pStyle w:val="GvdeMetni"/>
         <w:spacing w:before="7"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TabloKlavuzu"/>
         <w:tblW w:w="10065" w:type="dxa"/>
         <w:tblInd w:w="-441" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="12" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
           <w:left w:val="single" w:sz="12" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
           <w:right w:val="single" w:sz="12" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
           <w:insideH w:val="dotted" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
           <w:insideV w:val="dotted" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3120"/>
         <w:gridCol w:w="6945"/>
       </w:tblGrid>
@@ -1222,53 +1140,53 @@
                 <w:color w:val="808080"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00AA6068" w:rsidRPr="00FB645C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00AA6068" w:rsidRPr="00FB645C">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Vekili (Noter Vekaleti Gerektirir)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA6068" w:rsidRPr="00267F3E" w14:paraId="1B1F3790" w14:textId="77777777" w:rsidTr="00FB0DF2">
+      <w:tr w:rsidR="00AA6068" w:rsidRPr="00267F3E" w14:paraId="1B1F3790" w14:textId="77777777" w:rsidTr="005B40D3">
         <w:trPr>
-          <w:trHeight w:val="397"/>
+          <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2871F15D" w14:textId="77777777" w:rsidR="00AA6068" w:rsidRPr="00FB645C" w:rsidRDefault="00AA6068" w:rsidP="00454060">
             <w:pPr>
               <w:pStyle w:val="GvdeMetni"/>
               <w:spacing w:before="7"/>
               <w:rPr>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB645C">
               <w:rPr>
                 <w:bCs/>
                 <w:iCs/>
@@ -1280,53 +1198,53 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6945" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="36454971" w14:textId="77777777" w:rsidR="00AA6068" w:rsidRPr="00FB645C" w:rsidRDefault="00AA6068" w:rsidP="00454060">
             <w:pPr>
               <w:pStyle w:val="GvdeMetni"/>
               <w:spacing w:before="7"/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA6068" w:rsidRPr="00267F3E" w14:paraId="5EBA84A1" w14:textId="77777777" w:rsidTr="00FB0DF2">
+      <w:tr w:rsidR="00AA6068" w:rsidRPr="00267F3E" w14:paraId="5EBA84A1" w14:textId="77777777" w:rsidTr="005B40D3">
         <w:trPr>
-          <w:trHeight w:val="397"/>
+          <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3120" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="17A35C0B" w14:textId="77777777" w:rsidR="00AA6068" w:rsidRPr="00FB645C" w:rsidRDefault="00AA6068" w:rsidP="00454060">
             <w:pPr>
               <w:pStyle w:val="GvdeMetni"/>
               <w:spacing w:before="7"/>
               <w:rPr>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB645C">
               <w:rPr>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
@@ -1337,53 +1255,53 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6945" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="710EC578" w14:textId="77777777" w:rsidR="00AA6068" w:rsidRPr="00FB645C" w:rsidRDefault="00AA6068" w:rsidP="00454060">
             <w:pPr>
               <w:pStyle w:val="GvdeMetni"/>
               <w:spacing w:before="7"/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA6068" w:rsidRPr="00267F3E" w14:paraId="7F040943" w14:textId="77777777" w:rsidTr="00FB0DF2">
+      <w:tr w:rsidR="00AA6068" w:rsidRPr="00267F3E" w14:paraId="7F040943" w14:textId="77777777" w:rsidTr="005B40D3">
         <w:trPr>
-          <w:trHeight w:val="397"/>
+          <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3120" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="347EEE07" w14:textId="77777777" w:rsidR="00AA6068" w:rsidRPr="00FB645C" w:rsidRDefault="00AA6068" w:rsidP="00454060">
             <w:pPr>
               <w:pStyle w:val="GvdeMetni"/>
               <w:spacing w:before="7"/>
               <w:rPr>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB645C">
               <w:rPr>
                 <w:bCs/>
                 <w:iCs/>
@@ -1395,53 +1313,53 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6945" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="047E5EB5" w14:textId="77777777" w:rsidR="00AA6068" w:rsidRPr="00FB645C" w:rsidRDefault="00AA6068" w:rsidP="00454060">
             <w:pPr>
               <w:pStyle w:val="GvdeMetni"/>
               <w:spacing w:before="7"/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA6068" w:rsidRPr="00267F3E" w14:paraId="5D633D25" w14:textId="77777777" w:rsidTr="00FB0DF2">
+      <w:tr w:rsidR="00AA6068" w:rsidRPr="00267F3E" w14:paraId="5D633D25" w14:textId="77777777" w:rsidTr="008012DE">
         <w:trPr>
-          <w:trHeight w:val="798"/>
+          <w:trHeight w:val="556"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="58E4426E" w14:textId="77777777" w:rsidR="00AA6068" w:rsidRPr="00FB645C" w:rsidRDefault="00AA6068" w:rsidP="00454060">
             <w:pPr>
               <w:pStyle w:val="GvdeMetni"/>
               <w:spacing w:before="7"/>
               <w:rPr>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB645C">
               <w:rPr>
                 <w:bCs/>
@@ -1455,523 +1373,762 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6945" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="47D54FCD" w14:textId="77777777" w:rsidR="00AA6068" w:rsidRPr="00FB645C" w:rsidRDefault="00AA6068" w:rsidP="00454060">
             <w:pPr>
               <w:pStyle w:val="GvdeMetni"/>
               <w:spacing w:before="7"/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3E90D9C1" w14:textId="77777777" w:rsidR="00AE732E" w:rsidRDefault="00AE732E" w:rsidP="00AA6068">
+    <w:p w14:paraId="3E90D9C1" w14:textId="77777777" w:rsidR="00AE732E" w:rsidRPr="008012DE" w:rsidRDefault="00AE732E" w:rsidP="00AA6068">
       <w:pPr>
         <w:pStyle w:val="GvdeMetni"/>
         <w:spacing w:before="7"/>
         <w:ind w:left="-567"/>
         <w:rPr>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="6"/>
+          <w:szCs w:val="6"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2F1FE4D5" w14:textId="77777777" w:rsidR="00AE732E" w:rsidRDefault="00AE732E" w:rsidP="00AA6068">
+    <w:p w14:paraId="2F1FE4D5" w14:textId="77777777" w:rsidR="00AE732E" w:rsidRPr="00792625" w:rsidRDefault="00AE732E" w:rsidP="00AA6068">
+      <w:pPr>
+        <w:pStyle w:val="GvdeMetni"/>
+        <w:spacing w:before="7"/>
+        <w:ind w:left="-567"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TabloKlavuzu"/>
+        <w:tblW w:w="10065" w:type="dxa"/>
+        <w:tblInd w:w="-431" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="568"/>
+        <w:gridCol w:w="9497"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00AE732E" w14:paraId="0EAB458B" w14:textId="77777777" w:rsidTr="00792625">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10065" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DCD7917" w14:textId="293F40E9" w:rsidR="00AE732E" w:rsidRDefault="00AE732E" w:rsidP="00AE732E">
+            <w:pPr>
+              <w:pStyle w:val="GvdeMetni"/>
+              <w:spacing w:before="7"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>DİPLOMA TESLİMİNDE İSTENİLEN BELGELER</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AE732E" w14:paraId="3DF4BD56" w14:textId="77777777" w:rsidTr="005B40D3">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B97A555" w14:textId="3AD74D1F" w:rsidR="00AE732E" w:rsidRPr="00425038" w:rsidRDefault="00425038" w:rsidP="00425038">
+            <w:pPr>
+              <w:pStyle w:val="GvdeMetni"/>
+              <w:spacing w:before="7"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00425038">
+              <w:rPr>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9497" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="63AEA4CA" w14:textId="4AD412AF" w:rsidR="00AE732E" w:rsidRPr="00425038" w:rsidRDefault="00425038" w:rsidP="00425038">
+            <w:pPr>
+              <w:pStyle w:val="GvdeMetni"/>
+              <w:spacing w:before="7"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00425038">
+              <w:rPr>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Geçici Mezuniyet Belgesi </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AE732E" w14:paraId="59328F16" w14:textId="77777777" w:rsidTr="005B40D3">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="711071EB" w14:textId="50D9216F" w:rsidR="00AE732E" w:rsidRPr="00425038" w:rsidRDefault="00425038" w:rsidP="00425038">
+            <w:pPr>
+              <w:pStyle w:val="GvdeMetni"/>
+              <w:spacing w:before="7"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00425038">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9497" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EEF30DF" w14:textId="4D431FCC" w:rsidR="00AE732E" w:rsidRPr="00425038" w:rsidRDefault="00425038" w:rsidP="00AE732E">
+            <w:pPr>
+              <w:pStyle w:val="GvdeMetni"/>
+              <w:spacing w:before="7"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00425038">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Nüfus Cüzdanı Fotokopisi</w:t>
+            </w:r>
+            <w:r w:rsidR="001E12CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (Vekil)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AE732E" w14:paraId="7AE52DA9" w14:textId="77777777" w:rsidTr="005B40D3">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="03A8220D" w14:textId="0E9207D4" w:rsidR="00AE732E" w:rsidRPr="00425038" w:rsidRDefault="00F57AE4" w:rsidP="00425038">
+            <w:pPr>
+              <w:pStyle w:val="GvdeMetni"/>
+              <w:spacing w:before="7"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9497" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="642F0524" w14:textId="35DCEA47" w:rsidR="00AE732E" w:rsidRPr="00425038" w:rsidRDefault="00F57AE4" w:rsidP="00AE732E">
+            <w:pPr>
+              <w:pStyle w:val="GvdeMetni"/>
+              <w:spacing w:before="7"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00425038">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Evlilik Cüzdanı Fotokopisi (Soyadı değişikliği durumunda)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="45F4F687" w14:textId="77777777" w:rsidR="00AE732E" w:rsidRDefault="00AE732E" w:rsidP="00AA6068">
       <w:pPr>
         <w:pStyle w:val="GvdeMetni"/>
         <w:spacing w:before="7"/>
         <w:ind w:left="-567"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TabloKlavuzu"/>
-        <w:tblW w:w="10201" w:type="dxa"/>
-        <w:tblInd w:w="-567" w:type="dxa"/>
+        <w:tblW w:w="10065" w:type="dxa"/>
+        <w:tblInd w:w="-431" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
-          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
-          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="704"/>
-        <w:gridCol w:w="9497"/>
+        <w:gridCol w:w="10065"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AE732E" w14:paraId="0EAB458B" w14:textId="77777777" w:rsidTr="00425038">
+      <w:tr w:rsidR="005B40D3" w:rsidRPr="005B40D3" w14:paraId="1FBF7E48" w14:textId="77777777" w:rsidTr="005B40D3">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10201" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="10065" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="3DCD7917" w14:textId="293F40E9" w:rsidR="00AE732E" w:rsidRDefault="00AE732E" w:rsidP="00AE732E">
+          <w:p w14:paraId="591BEF7D" w14:textId="11328C0F" w:rsidR="005B40D3" w:rsidRPr="005B40D3" w:rsidRDefault="005B40D3" w:rsidP="005B40D3">
             <w:pPr>
               <w:pStyle w:val="GvdeMetni"/>
               <w:spacing w:before="7"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B40D3">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:t>GEÇİCİ MEZUNİYET BELGESİNİN TESLİM EDİLEMEMESİ/KAYIP EDİLMESİ HALİNDE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A02DE9" w:rsidRPr="005B40D3" w14:paraId="49B68A3B" w14:textId="77777777" w:rsidTr="00792625">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10065" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B14F9E7" w14:textId="05CC54EF" w:rsidR="005B40D3" w:rsidRPr="005B40D3" w:rsidRDefault="005B40D3" w:rsidP="005B40D3">
+            <w:pPr>
+              <w:pStyle w:val="GvdeMetni"/>
+              <w:spacing w:before="120"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:b/>
-[...18 lines deleted...]
-          <w:p w14:paraId="5B97A555" w14:textId="3AD74D1F" w:rsidR="00AE732E" w:rsidRPr="00425038" w:rsidRDefault="00425038" w:rsidP="00425038">
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">         </w:t>
+            </w:r>
+            <w:r w:rsidR="00792625" w:rsidRPr="005B40D3">
+              <w:rPr>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ordu Üniversitesinden …/…202 tarihinde mezun oldum.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B40D3">
+              <w:rPr>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00792625" w:rsidRPr="005B40D3">
+              <w:rPr>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Birimimden ilişik kesme işlemim tamamlandıktan sonra aldığım geçici mezuniyet belgemin aslını…………………</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00792625" w:rsidRPr="005B40D3">
+              <w:rPr>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>…….</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00792625" w:rsidRPr="005B40D3">
+              <w:rPr>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">teslim/ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B40D3">
+              <w:rPr>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>kaybettim</w:t>
+            </w:r>
+            <w:r w:rsidR="00792625" w:rsidRPr="005B40D3">
+              <w:rPr>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0E9AAE6C" w14:textId="77777777" w:rsidR="00A02DE9" w:rsidRPr="005B40D3" w:rsidRDefault="005B40D3" w:rsidP="005B40D3">
             <w:pPr>
               <w:pStyle w:val="GvdeMetni"/>
               <w:spacing w:before="7"/>
-              <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00425038">
+            <w:r w:rsidRPr="005B40D3">
               <w:rPr>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>01</w:t>
-[...8 lines deleted...]
-          <w:p w14:paraId="63AEA4CA" w14:textId="4AD412AF" w:rsidR="00AE732E" w:rsidRPr="00425038" w:rsidRDefault="00425038" w:rsidP="00425038">
+              <w:t xml:space="preserve">       </w:t>
+            </w:r>
+            <w:r w:rsidR="00792625" w:rsidRPr="005B40D3">
+              <w:rPr>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Kayıp nedeniyle ileride doğabilecek </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B40D3">
+              <w:rPr>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">her türlü sorumluluğu kabul ediyorum. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6192AD38" w14:textId="77777777" w:rsidR="005B40D3" w:rsidRDefault="005B40D3" w:rsidP="005B40D3">
+            <w:pPr>
+              <w:pStyle w:val="GvdeMetni"/>
+              <w:spacing w:after="60"/>
+              <w:ind w:left="-426" w:right="-281" w:firstLine="426"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                                                                                                                   </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6E64A26A" w14:textId="0AE30801" w:rsidR="005B40D3" w:rsidRDefault="005B40D3" w:rsidP="005B40D3">
+            <w:pPr>
+              <w:pStyle w:val="GvdeMetni"/>
+              <w:spacing w:after="60"/>
+              <w:ind w:left="-426" w:right="-281" w:firstLine="426"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                                                                                                                      Adı Soyadı </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="426C243A" w14:textId="42B6C429" w:rsidR="005B40D3" w:rsidRPr="005B40D3" w:rsidRDefault="005B40D3" w:rsidP="005B40D3">
             <w:pPr>
               <w:pStyle w:val="GvdeMetni"/>
               <w:spacing w:before="7"/>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:iCs/>
+              <w:ind w:left="-426" w:right="-281" w:firstLine="426"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00425038">
-[...2 lines deleted...]
-                <w:iCs/>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geçici Mezuniyet Belgesi </w:t>
-[...155 lines deleted...]
-              <w:t>Evlilik Cüzdanı Fotokopisi (Soyadı değişikliği durumunda)</w:t>
+              <w:t xml:space="preserve">                                                                                                                                             İmza </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="45F4F687" w14:textId="77777777" w:rsidR="00AE732E" w:rsidRPr="00AE732E" w:rsidRDefault="00AE732E" w:rsidP="00AA6068">
+    <w:p w14:paraId="44B6407A" w14:textId="77777777" w:rsidR="00F57AE4" w:rsidRPr="00721FDD" w:rsidRDefault="00F57AE4" w:rsidP="00AA6068">
       <w:pPr>
         <w:pStyle w:val="GvdeMetni"/>
         <w:spacing w:before="7"/>
         <w:ind w:left="-567"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="6"/>
+          <w:szCs w:val="6"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="57503356" w14:textId="09B4D95C" w:rsidR="00F57AE4" w:rsidRDefault="00F57AE4" w:rsidP="00721FDD">
+      <w:pPr>
+        <w:pStyle w:val="GvdeMetni"/>
+        <w:spacing w:before="60" w:after="60"/>
+        <w:ind w:left="-425" w:right="-284"/>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F57AE4">
+        <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:t xml:space="preserve">NOT: Mezun olan öğrencinin dosyasında saklanmak </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F57AE4">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">üzere  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>bir</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F57AE4">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F57AE4">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>adet  diploma</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F57AE4">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> fotokopisi </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">öğrenci işleri biriminde görev yapan personel tarafından </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F57AE4">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>teslim alınmalıdır.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CFCC524" w14:textId="77777777" w:rsidR="00721FDD" w:rsidRDefault="00721FDD" w:rsidP="00721FDD">
+      <w:pPr>
+        <w:pStyle w:val="GvdeMetni"/>
+        <w:spacing w:before="7"/>
+        <w:ind w:left="-426" w:right="-281"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00AE732E" w:rsidRPr="00AE732E" w:rsidSect="00DE7235">
+    <w:p w14:paraId="0F9ECB0C" w14:textId="77777777" w:rsidR="00721FDD" w:rsidRPr="00721FDD" w:rsidRDefault="00721FDD" w:rsidP="00721FDD">
+      <w:pPr>
+        <w:pStyle w:val="GvdeMetni"/>
+        <w:spacing w:before="7"/>
+        <w:ind w:left="-426" w:right="-281"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00721FDD" w:rsidRPr="00721FDD" w:rsidSect="00DE7235">
       <w:headerReference w:type="default" r:id="rId7"/>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11910" w:h="16840"/>
       <w:pgMar w:top="1298" w:right="1134" w:bottom="851" w:left="1418" w:header="709" w:footer="488" w:gutter="0"/>
       <w:pgBorders w:offsetFrom="page">
         <w:top w:val="single" w:sz="8" w:space="24" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         <w:left w:val="single" w:sz="8" w:space="24" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         <w:bottom w:val="single" w:sz="8" w:space="24" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         <w:right w:val="single" w:sz="8" w:space="24" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
       </w:pgBorders>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3C0FC38C" w14:textId="77777777" w:rsidR="00136CA7" w:rsidRDefault="00136CA7" w:rsidP="006B76FA">
+    <w:p w14:paraId="5BE35500" w14:textId="77777777" w:rsidR="0096550D" w:rsidRDefault="0096550D" w:rsidP="006B76FA">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="45D33198" w14:textId="77777777" w:rsidR="00136CA7" w:rsidRDefault="00136CA7" w:rsidP="006B76FA">
+    <w:p w14:paraId="3F970165" w14:textId="77777777" w:rsidR="0096550D" w:rsidRDefault="0096550D" w:rsidP="006B76FA">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="A2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Bookman Old Style">
     <w:panose1 w:val="02050604050505020204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="52DBF073" w14:textId="3B6D7AE9" w:rsidR="00CA5AB4" w:rsidRPr="00432809" w:rsidRDefault="00CA5AB4" w:rsidP="00CA5AB4">
+  <w:p w14:paraId="52DBF073" w14:textId="4F05FC03" w:rsidR="00CA5AB4" w:rsidRPr="00432809" w:rsidRDefault="00CA5AB4" w:rsidP="00CA5AB4">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="3143"/>
         <w:tab w:val="center" w:pos="4536"/>
       </w:tabs>
       <w:ind w:right="-426" w:hanging="567"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:i/>
         <w:iCs/>
         <w:lang w:eastAsia="tr-TR"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00432809">
-[...78 lines deleted...]
-    </w:r>
+    <w:proofErr w:type="gramStart"/>
     <w:r w:rsidRPr="00432809">
       <w:rPr>
         <w:i/>
         <w:iCs/>
         <w:lang w:eastAsia="tr-TR"/>
       </w:rPr>
       <w:t>PP.</w:t>
     </w:r>
     <w:r w:rsidR="00F63FDA">
       <w:rPr>
         <w:i/>
         <w:iCs/>
         <w:lang w:eastAsia="tr-TR"/>
       </w:rPr>
       <w:t>2.1</w:t>
     </w:r>
     <w:r w:rsidRPr="00432809">
       <w:rPr>
         <w:i/>
         <w:iCs/>
         <w:lang w:eastAsia="tr-TR"/>
       </w:rPr>
       <w:t>.FR.00</w:t>
     </w:r>
     <w:r w:rsidR="00FF343E">
@@ -1992,146 +2149,183 @@
     </w:r>
     <w:r w:rsidR="00E34465">
       <w:rPr>
         <w:i/>
         <w:iCs/>
         <w:lang w:eastAsia="tr-TR"/>
       </w:rPr>
       <w:t>0</w:t>
     </w:r>
     <w:r w:rsidRPr="00432809">
       <w:rPr>
         <w:i/>
         <w:iCs/>
         <w:lang w:eastAsia="tr-TR"/>
       </w:rPr>
       <w:t>,</w:t>
     </w:r>
     <w:r w:rsidR="00F63FDA">
       <w:rPr>
         <w:i/>
         <w:iCs/>
         <w:lang w:eastAsia="tr-TR"/>
       </w:rPr>
       <w:t>Aralık</w:t>
     </w:r>
+    <w:proofErr w:type="gramEnd"/>
     <w:r w:rsidRPr="00432809">
       <w:rPr>
         <w:i/>
         <w:iCs/>
         <w:lang w:eastAsia="tr-TR"/>
       </w:rPr>
       <w:t xml:space="preserve"> 2025   </w:t>
     </w:r>
     <w:r w:rsidRPr="00432809">
       <w:rPr>
         <w:lang w:eastAsia="tr-TR"/>
       </w:rPr>
       <w:t xml:space="preserve">                                                                                          </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:lang w:eastAsia="tr-TR"/>
       </w:rPr>
       <w:t xml:space="preserve">           </w:t>
     </w:r>
     <w:r w:rsidRPr="00432809">
       <w:rPr>
         <w:lang w:eastAsia="tr-TR"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:lang w:eastAsia="tr-TR"/>
       </w:rPr>
       <w:t xml:space="preserve">       </w:t>
     </w:r>
     <w:r w:rsidRPr="00432809">
       <w:rPr>
         <w:lang w:eastAsia="tr-TR"/>
       </w:rPr>
       <w:t xml:space="preserve">   </w:t>
     </w:r>
     <w:r w:rsidRPr="00432809">
       <w:rPr>
         <w:i/>
         <w:iCs/>
         <w:lang w:eastAsia="tr-TR"/>
       </w:rPr>
-      <w:t>Sayfa 1 /1</w:t>
+      <w:t>Sayfa 1 /</w:t>
+    </w:r>
+    <w:proofErr w:type="gramStart"/>
+    <w:r w:rsidRPr="00432809">
+      <w:rPr>
+        <w:i/>
+        <w:iCs/>
+        <w:lang w:eastAsia="tr-TR"/>
+      </w:rPr>
+      <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:i/>
         <w:iCs/>
         <w:lang w:eastAsia="tr-TR"/>
       </w:rPr>
       <w:t xml:space="preserve">  </w:t>
     </w:r>
     <w:r w:rsidRPr="00432809">
       <w:rPr>
         <w:i/>
         <w:iCs/>
         <w:lang w:eastAsia="tr-TR"/>
       </w:rPr>
-      <w:t>Bu dokümanın basılı hali kontrolsüz doküman kabul edilmektedir.</w:t>
+      <w:t>Bu</w:t>
+    </w:r>
+    <w:proofErr w:type="gramEnd"/>
+    <w:r w:rsidRPr="00432809">
+      <w:rPr>
+        <w:i/>
+        <w:iCs/>
+        <w:lang w:eastAsia="tr-TR"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> dokümanın basılı hali kontrolsüz </w:t>
+    </w:r>
+    <w:proofErr w:type="gramStart"/>
+    <w:r w:rsidRPr="00432809">
+      <w:rPr>
+        <w:i/>
+        <w:iCs/>
+        <w:lang w:eastAsia="tr-TR"/>
+      </w:rPr>
+      <w:t>doküman</w:t>
+    </w:r>
+    <w:proofErr w:type="gramEnd"/>
+    <w:r w:rsidRPr="00432809">
+      <w:rPr>
+        <w:i/>
+        <w:iCs/>
+        <w:lang w:eastAsia="tr-TR"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> kabul edilmektedir.</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="4C6041ED" w14:textId="1031FCB4" w:rsidR="00CA5AB4" w:rsidRDefault="00CA5AB4" w:rsidP="00CA5AB4">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="795"/>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
         <w:tab w:val="right" w:pos="9354"/>
       </w:tabs>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r w:rsidRPr="00432809">
       <w:rPr>
         <w:i/>
         <w:iCs/>
         <w:lang w:eastAsia="tr-TR"/>
       </w:rPr>
       <w:t>Lütfen web sitesinden en son versiyonuna ulaşınız.</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1589A193" w14:textId="77777777" w:rsidR="00136CA7" w:rsidRDefault="00136CA7" w:rsidP="006B76FA">
+    <w:p w14:paraId="0D89939C" w14:textId="77777777" w:rsidR="0096550D" w:rsidRDefault="0096550D" w:rsidP="006B76FA">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="44936A8C" w14:textId="77777777" w:rsidR="00136CA7" w:rsidRDefault="00136CA7" w:rsidP="006B76FA">
+    <w:p w14:paraId="338E5D02" w14:textId="77777777" w:rsidR="0096550D" w:rsidRDefault="0096550D" w:rsidP="006B76FA">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0141FF8D" w14:textId="6ADE7396" w:rsidR="001847F6" w:rsidRPr="00F644F7" w:rsidRDefault="001847F6" w:rsidP="001847F6">
     <w:pPr>
       <w:pStyle w:val="stBilgi"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00F644F7">
       <w:rPr>
         <w:b/>
         <w:noProof/>
         <w:sz w:val="24"/>
@@ -2225,163 +2419,177 @@
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t xml:space="preserve">ORDU ÜNİVERSİTESİ </w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="2B3301C0" w14:textId="0A234931" w:rsidR="001847F6" w:rsidRPr="00F644F7" w:rsidRDefault="001847F6" w:rsidP="001847F6">
     <w:pPr>
       <w:pStyle w:val="stBilgi"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r w:rsidRPr="00F644F7">
       <w:rPr>
         <w:b/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>SAĞLIK BİLİMLERİ ENSTİTÜSÜ MÜDÜRLÜĞÜ</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="130"/>
+  <w:zoom w:percent="124"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E60C9D"/>
     <w:rsid w:val="00031FBD"/>
     <w:rsid w:val="00080B0A"/>
     <w:rsid w:val="00085473"/>
     <w:rsid w:val="000B3026"/>
     <w:rsid w:val="000E35B0"/>
+    <w:rsid w:val="00116616"/>
     <w:rsid w:val="00136CA7"/>
     <w:rsid w:val="001726FF"/>
     <w:rsid w:val="001847F6"/>
     <w:rsid w:val="001B65D7"/>
     <w:rsid w:val="001C166D"/>
     <w:rsid w:val="001E0572"/>
+    <w:rsid w:val="001E12CF"/>
     <w:rsid w:val="00211287"/>
+    <w:rsid w:val="00257685"/>
     <w:rsid w:val="00267F3E"/>
     <w:rsid w:val="00283767"/>
     <w:rsid w:val="002B4391"/>
     <w:rsid w:val="002C1C47"/>
     <w:rsid w:val="002C2E0F"/>
     <w:rsid w:val="002E05BA"/>
     <w:rsid w:val="002E5A09"/>
     <w:rsid w:val="00336441"/>
     <w:rsid w:val="003B463D"/>
     <w:rsid w:val="00425038"/>
     <w:rsid w:val="004266E3"/>
+    <w:rsid w:val="0045571A"/>
+    <w:rsid w:val="004568F9"/>
     <w:rsid w:val="004B7DAF"/>
     <w:rsid w:val="005421B5"/>
     <w:rsid w:val="00552F7C"/>
     <w:rsid w:val="005761E9"/>
     <w:rsid w:val="005A6C3F"/>
+    <w:rsid w:val="005B40D3"/>
     <w:rsid w:val="00600ED6"/>
     <w:rsid w:val="006201E4"/>
     <w:rsid w:val="00665644"/>
     <w:rsid w:val="00677291"/>
     <w:rsid w:val="006B4E17"/>
     <w:rsid w:val="006B76FA"/>
     <w:rsid w:val="006B7B78"/>
+    <w:rsid w:val="00721FDD"/>
     <w:rsid w:val="0075258B"/>
     <w:rsid w:val="00780FA2"/>
+    <w:rsid w:val="00792625"/>
     <w:rsid w:val="00794FB8"/>
     <w:rsid w:val="007C7799"/>
+    <w:rsid w:val="008012DE"/>
     <w:rsid w:val="00840E56"/>
     <w:rsid w:val="00852023"/>
     <w:rsid w:val="00857BD3"/>
     <w:rsid w:val="00894962"/>
     <w:rsid w:val="00895481"/>
     <w:rsid w:val="00915716"/>
     <w:rsid w:val="009625A8"/>
+    <w:rsid w:val="0096550D"/>
     <w:rsid w:val="00990BE2"/>
     <w:rsid w:val="009D58F3"/>
     <w:rsid w:val="009E23C2"/>
     <w:rsid w:val="009F289F"/>
     <w:rsid w:val="009F3BFD"/>
+    <w:rsid w:val="00A02DE9"/>
     <w:rsid w:val="00AA6068"/>
     <w:rsid w:val="00AB6D01"/>
+    <w:rsid w:val="00AD6EAD"/>
     <w:rsid w:val="00AD744A"/>
     <w:rsid w:val="00AE414D"/>
     <w:rsid w:val="00AE732E"/>
     <w:rsid w:val="00AF36B5"/>
     <w:rsid w:val="00B1114F"/>
     <w:rsid w:val="00B24679"/>
     <w:rsid w:val="00B41593"/>
     <w:rsid w:val="00B57DEC"/>
     <w:rsid w:val="00B8526F"/>
     <w:rsid w:val="00BA01E8"/>
     <w:rsid w:val="00C269A3"/>
     <w:rsid w:val="00CA5AB4"/>
     <w:rsid w:val="00CF6379"/>
     <w:rsid w:val="00D406DB"/>
     <w:rsid w:val="00D44173"/>
     <w:rsid w:val="00DC22FF"/>
     <w:rsid w:val="00DD5794"/>
     <w:rsid w:val="00DE7235"/>
     <w:rsid w:val="00E07F48"/>
     <w:rsid w:val="00E151E6"/>
     <w:rsid w:val="00E16880"/>
     <w:rsid w:val="00E34465"/>
     <w:rsid w:val="00E3760F"/>
     <w:rsid w:val="00E37D63"/>
     <w:rsid w:val="00E542E2"/>
     <w:rsid w:val="00E60C9D"/>
     <w:rsid w:val="00E674DD"/>
     <w:rsid w:val="00E70D0E"/>
     <w:rsid w:val="00E75839"/>
     <w:rsid w:val="00EA2E4F"/>
     <w:rsid w:val="00EE028D"/>
     <w:rsid w:val="00F21FCD"/>
+    <w:rsid w:val="00F57AE4"/>
     <w:rsid w:val="00F63FDA"/>
     <w:rsid w:val="00F644F7"/>
     <w:rsid w:val="00F863F6"/>
     <w:rsid w:val="00FA3A46"/>
     <w:rsid w:val="00FB0DF2"/>
     <w:rsid w:val="00FB645C"/>
     <w:rsid w:val="00FB7756"/>
     <w:rsid w:val="00FC1625"/>
     <w:rsid w:val="00FD2680"/>
     <w:rsid w:val="00FE1050"/>
     <w:rsid w:val="00FF343E"/>
     <w:rsid w:val="00FF41F1"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
@@ -3272,75 +3480,75 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FDE11EC4-0001-436B-B0F8-1FAC8C918F1C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>115</Words>
-  <Characters>656</Characters>
+  <Words>251</Words>
+  <Characters>1435</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>5</Lines>
-  <Paragraphs>1</Paragraphs>
+  <Lines>11</Lines>
+  <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Konu Başlığı</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sayı   : ÖİŞL2001/</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>770</CharactersWithSpaces>
+  <CharactersWithSpaces>1683</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Sayı   : ÖİŞL2001/</dc:title>
   <dc:creator>Bilgi İşlem Daire Başkanlığı</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2020-01-28T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>Microsoft® Word 2013</vt:lpwstr>