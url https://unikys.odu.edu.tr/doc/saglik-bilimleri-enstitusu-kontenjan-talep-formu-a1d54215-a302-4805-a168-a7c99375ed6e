--- v0 (2025-12-19)
+++ v1 (2026-03-16)
@@ -923,69 +923,79 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00371A42" w14:paraId="5ADCCD3A" w14:textId="77777777" w:rsidTr="00B57656">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="ADADAD" w:themeColor="background2" w:themeShade="BF"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="ADADAD" w:themeColor="background2" w:themeShade="BF"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="ADADAD" w:themeColor="background2" w:themeShade="BF"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="42D42277" w14:textId="3AB0A2D2" w:rsidR="00371A42" w:rsidRPr="00073013" w:rsidRDefault="00371A42" w:rsidP="00371A42">
+          <w:p w14:paraId="42D42277" w14:textId="13B25BCE" w:rsidR="00371A42" w:rsidRPr="00073013" w:rsidRDefault="00D10F2E" w:rsidP="00371A42">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>Okul Birincisi</w:t>
+              <w:t>Bölüm</w:t>
+            </w:r>
+            <w:r w:rsidR="00371A42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Birincisi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2839" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="ADADAD" w:themeColor="background2" w:themeShade="BF"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="ADADAD" w:themeColor="background2" w:themeShade="BF"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="ADADAD" w:themeColor="background2" w:themeShade="BF"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="ADADAD" w:themeColor="background2" w:themeShade="BF"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="5F3AF8E2" w14:textId="77777777" w:rsidR="00371A42" w:rsidRDefault="00371A42" w:rsidP="00371A42">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
@@ -3922,61 +3932,61 @@
     <w:sectPr w:rsidR="00580CA2" w:rsidRPr="00073DE8" w:rsidSect="00580CA2">
       <w:headerReference w:type="even" r:id="rId7"/>
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="even" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:headerReference w:type="first" r:id="rId11"/>
       <w:footerReference w:type="first" r:id="rId12"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1298" w:right="1134" w:bottom="851" w:left="1418" w:header="709" w:footer="488" w:gutter="0"/>
       <w:pgBorders w:offsetFrom="page">
         <w:top w:val="single" w:sz="8" w:space="24" w:color="ADADAD" w:themeColor="background2" w:themeShade="BF"/>
         <w:left w:val="single" w:sz="8" w:space="24" w:color="ADADAD" w:themeColor="background2" w:themeShade="BF"/>
         <w:bottom w:val="single" w:sz="8" w:space="24" w:color="ADADAD" w:themeColor="background2" w:themeShade="BF"/>
         <w:right w:val="single" w:sz="8" w:space="24" w:color="ADADAD" w:themeColor="background2" w:themeShade="BF"/>
       </w:pgBorders>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="550723FB" w14:textId="77777777" w:rsidR="00E7351B" w:rsidRDefault="00E7351B" w:rsidP="00580CA2">
+    <w:p w14:paraId="2D8E3B77" w14:textId="77777777" w:rsidR="003F77D2" w:rsidRDefault="003F77D2" w:rsidP="00580CA2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1EAC6BC9" w14:textId="77777777" w:rsidR="00E7351B" w:rsidRDefault="00E7351B" w:rsidP="00580CA2">
+    <w:p w14:paraId="4B794C18" w14:textId="77777777" w:rsidR="003F77D2" w:rsidRDefault="003F77D2" w:rsidP="00580CA2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="A2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -4307,61 +4317,61 @@
         <w:i/>
         <w:iCs/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="tr-TR"/>
       </w:rPr>
       <w:t>Lütfen web sitesinden en son versiyonuna ulaşınız.</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0348472A" w14:textId="77777777" w:rsidR="001C70F1" w:rsidRDefault="001C70F1">
     <w:pPr>
       <w:pStyle w:val="AltBilgi"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0C10DAB2" w14:textId="77777777" w:rsidR="00E7351B" w:rsidRDefault="00E7351B" w:rsidP="00580CA2">
+    <w:p w14:paraId="12DE3AE2" w14:textId="77777777" w:rsidR="003F77D2" w:rsidRDefault="003F77D2" w:rsidP="00580CA2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6273CDBD" w14:textId="77777777" w:rsidR="00E7351B" w:rsidRDefault="00E7351B" w:rsidP="00580CA2">
+    <w:p w14:paraId="0E7098F4" w14:textId="77777777" w:rsidR="003F77D2" w:rsidRDefault="003F77D2" w:rsidP="00580CA2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0B3903D5" w14:textId="77777777" w:rsidR="001C70F1" w:rsidRDefault="001C70F1">
     <w:pPr>
       <w:pStyle w:val="stBilgi"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3D9DAD56" w14:textId="0262615D" w:rsidR="00580CA2" w:rsidRPr="00580CA2" w:rsidRDefault="00580CA2" w:rsidP="00580CA2">
     <w:pPr>
@@ -4681,90 +4691,93 @@
     <w:rsid w:val="000350AC"/>
     <w:rsid w:val="000515EB"/>
     <w:rsid w:val="00073013"/>
     <w:rsid w:val="00073DE8"/>
     <w:rsid w:val="00114517"/>
     <w:rsid w:val="00132ED4"/>
     <w:rsid w:val="001B4017"/>
     <w:rsid w:val="001C279D"/>
     <w:rsid w:val="001C70F1"/>
     <w:rsid w:val="001D0F6B"/>
     <w:rsid w:val="001E00E2"/>
     <w:rsid w:val="0021534B"/>
     <w:rsid w:val="002207AD"/>
     <w:rsid w:val="002455EB"/>
     <w:rsid w:val="00291DD2"/>
     <w:rsid w:val="002B6199"/>
     <w:rsid w:val="002C5B3C"/>
     <w:rsid w:val="00371A42"/>
     <w:rsid w:val="00376CF2"/>
     <w:rsid w:val="003B7C98"/>
     <w:rsid w:val="003C0D63"/>
     <w:rsid w:val="003D5E62"/>
     <w:rsid w:val="003D634A"/>
     <w:rsid w:val="003E0267"/>
     <w:rsid w:val="003F0A24"/>
+    <w:rsid w:val="003F77D2"/>
     <w:rsid w:val="0045358E"/>
     <w:rsid w:val="004535D7"/>
     <w:rsid w:val="004B348D"/>
     <w:rsid w:val="00510EBE"/>
     <w:rsid w:val="00552E7E"/>
     <w:rsid w:val="00580CA2"/>
     <w:rsid w:val="005C4B78"/>
     <w:rsid w:val="005D4176"/>
     <w:rsid w:val="005D4812"/>
     <w:rsid w:val="005D72ED"/>
     <w:rsid w:val="006641DA"/>
     <w:rsid w:val="0067233B"/>
     <w:rsid w:val="00691B44"/>
     <w:rsid w:val="006D3B25"/>
     <w:rsid w:val="00701147"/>
     <w:rsid w:val="007C2CF9"/>
     <w:rsid w:val="007F15C9"/>
     <w:rsid w:val="00890EDC"/>
     <w:rsid w:val="00920A57"/>
     <w:rsid w:val="009309A4"/>
     <w:rsid w:val="00933900"/>
     <w:rsid w:val="009461EA"/>
     <w:rsid w:val="00981D21"/>
     <w:rsid w:val="00994F82"/>
     <w:rsid w:val="00A03788"/>
     <w:rsid w:val="00A06750"/>
     <w:rsid w:val="00A572AD"/>
     <w:rsid w:val="00A66112"/>
     <w:rsid w:val="00A93155"/>
     <w:rsid w:val="00B25390"/>
     <w:rsid w:val="00B46A2A"/>
     <w:rsid w:val="00B57656"/>
     <w:rsid w:val="00B74090"/>
     <w:rsid w:val="00B92A0C"/>
     <w:rsid w:val="00BB4B02"/>
     <w:rsid w:val="00BD4877"/>
     <w:rsid w:val="00C63552"/>
     <w:rsid w:val="00CE1230"/>
     <w:rsid w:val="00D07CFA"/>
+    <w:rsid w:val="00D10F2E"/>
     <w:rsid w:val="00D32D44"/>
+    <w:rsid w:val="00D46714"/>
     <w:rsid w:val="00D8640E"/>
     <w:rsid w:val="00DA32A9"/>
     <w:rsid w:val="00DA47E9"/>
     <w:rsid w:val="00E0724E"/>
     <w:rsid w:val="00E51340"/>
     <w:rsid w:val="00E7160E"/>
     <w:rsid w:val="00E7351B"/>
     <w:rsid w:val="00E82AAE"/>
     <w:rsid w:val="00F26D5D"/>
     <w:rsid w:val="00F66DEE"/>
     <w:rsid w:val="00F8517B"/>
     <w:rsid w:val="00FD751D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
@@ -6061,69 +6074,69 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>186</Words>
-  <Characters>1062</Characters>
+  <Characters>1063</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>8</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Konu Başlığı</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1246</CharactersWithSpaces>
+  <CharactersWithSpaces>1247</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>kaya_588@hotmail.com</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>