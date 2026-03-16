--- v0 (2025-12-20)
+++ v1 (2026-03-16)
@@ -204,78 +204,71 @@
           <w:tab w:val="left" w:pos="4863"/>
           <w:tab w:val="left" w:pos="6968"/>
           <w:tab w:val="left" w:pos="7861"/>
           <w:tab w:val="left" w:pos="8765"/>
         </w:tabs>
         <w:ind w:left="710" w:right="704" w:firstLine="758"/>
       </w:pPr>
       <w:r>
         <w:t>Bölümünüz</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>……………….</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>numaralı</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>….</w:t>
-[...3 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>…..</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>sınıf</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>öğrencisiyim.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Aşağıda</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
@@ -525,63 +518,55 @@
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Ad</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...11 lines deleted...]
-        <w:t>:</w:t>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Soyad:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D37EA30" w14:textId="77777777" w:rsidR="003A2899" w:rsidRDefault="003A2899">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:sectPr w:rsidR="003A2899">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11910" w:h="16840"/>
           <w:pgMar w:top="1340" w:right="566" w:bottom="280" w:left="708" w:header="708" w:footer="708" w:gutter="0"/>
           <w:cols w:num="2" w:space="708" w:equalWidth="0">
             <w:col w:w="1329" w:space="5400"/>
             <w:col w:w="3907"/>
           </w:cols>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="05200364" w14:textId="77777777" w:rsidR="003A2899" w:rsidRDefault="003A2899">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -1810,105 +1795,105 @@
           <w:p w14:paraId="7B890951" w14:textId="77777777" w:rsidR="003A2899" w:rsidRDefault="003A2899">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="131D4E70" w14:textId="77777777" w:rsidR="00135068" w:rsidRPr="00135068" w:rsidRDefault="00135068" w:rsidP="00135068"/>
     <w:p w14:paraId="3D9A48BE" w14:textId="77777777" w:rsidR="00135068" w:rsidRDefault="00135068" w:rsidP="00135068"/>
     <w:p w14:paraId="20F817BD" w14:textId="77777777" w:rsidR="00BC58F6" w:rsidRDefault="00BC58F6" w:rsidP="00135068"/>
     <w:p w14:paraId="47514E7A" w14:textId="77777777" w:rsidR="00BC58F6" w:rsidRDefault="00BC58F6" w:rsidP="00135068"/>
     <w:p w14:paraId="4DA959BF" w14:textId="77777777" w:rsidR="00BC58F6" w:rsidRDefault="00BC58F6" w:rsidP="00135068"/>
     <w:p w14:paraId="07050D0D" w14:textId="77777777" w:rsidR="00BC58F6" w:rsidRDefault="00BC58F6" w:rsidP="00135068"/>
     <w:p w14:paraId="0BC642C6" w14:textId="77777777" w:rsidR="00BC58F6" w:rsidRDefault="00BC58F6" w:rsidP="00135068"/>
     <w:p w14:paraId="1EA2C098" w14:textId="77777777" w:rsidR="00BC58F6" w:rsidRDefault="00BC58F6" w:rsidP="00135068"/>
     <w:p w14:paraId="33223425" w14:textId="77777777" w:rsidR="00BC58F6" w:rsidRDefault="00BC58F6" w:rsidP="00135068"/>
     <w:p w14:paraId="5B8ABD47" w14:textId="77777777" w:rsidR="00BC58F6" w:rsidRPr="00135068" w:rsidRDefault="00BC58F6" w:rsidP="00135068"/>
     <w:p w14:paraId="16B5F855" w14:textId="77777777" w:rsidR="00135068" w:rsidRPr="00135068" w:rsidRDefault="00135068" w:rsidP="00135068"/>
     <w:p w14:paraId="723A16D6" w14:textId="77777777" w:rsidR="00135068" w:rsidRPr="00135068" w:rsidRDefault="00135068" w:rsidP="00135068"/>
     <w:p w14:paraId="2423C8F1" w14:textId="77777777" w:rsidR="00135068" w:rsidRPr="00135068" w:rsidRDefault="00135068" w:rsidP="00135068"/>
     <w:p w14:paraId="2D160B14" w14:textId="6F4461E5" w:rsidR="00135068" w:rsidRDefault="00135068" w:rsidP="00135068"/>
-    <w:p w14:paraId="2B2E78B7" w14:textId="37D1FA80" w:rsidR="00135068" w:rsidRPr="00C4715A" w:rsidRDefault="00135068" w:rsidP="00135068">
+    <w:p w14:paraId="2B2E78B7" w14:textId="6883015F" w:rsidR="00135068" w:rsidRPr="00C4715A" w:rsidRDefault="00135068" w:rsidP="00135068">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C4715A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>PP.</w:t>
       </w:r>
       <w:r w:rsidR="0045287F" w:rsidRPr="00C4715A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00C4715A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="0045287F" w:rsidRPr="00C4715A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="00C4715A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>.FR.000</w:t>
       </w:r>
-      <w:r w:rsidR="0045287F" w:rsidRPr="00C4715A">
+      <w:r w:rsidR="00752679">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>1</w:t>
+        <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00C4715A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00C4715A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C4715A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>R0,</w:t>
       </w:r>
@@ -1928,103 +1913,103 @@
         </w:rPr>
         <w:t>Aralık</w:t>
       </w:r>
       <w:r w:rsidRPr="00C4715A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00135068" w:rsidRPr="00C4715A">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11910" w:h="16840"/>
       <w:pgMar w:top="1340" w:right="566" w:bottom="280" w:left="708" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0D110FE0" w14:textId="77777777" w:rsidR="00D629D3" w:rsidRDefault="00D629D3" w:rsidP="00BC58F6">
+    <w:p w14:paraId="68F0544F" w14:textId="77777777" w:rsidR="005C6B9E" w:rsidRDefault="005C6B9E" w:rsidP="00BC58F6">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="669FBFF1" w14:textId="77777777" w:rsidR="00D629D3" w:rsidRDefault="00D629D3" w:rsidP="00BC58F6">
+    <w:p w14:paraId="1E7346D7" w14:textId="77777777" w:rsidR="005C6B9E" w:rsidRDefault="005C6B9E" w:rsidP="00BC58F6">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="A2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4A7F4B18" w14:textId="77777777" w:rsidR="00D629D3" w:rsidRDefault="00D629D3" w:rsidP="00BC58F6">
+    <w:p w14:paraId="49C69537" w14:textId="77777777" w:rsidR="005C6B9E" w:rsidRDefault="005C6B9E" w:rsidP="00BC58F6">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4F7ADF8F" w14:textId="77777777" w:rsidR="00D629D3" w:rsidRDefault="00D629D3" w:rsidP="00BC58F6">
+    <w:p w14:paraId="49A40582" w14:textId="77777777" w:rsidR="005C6B9E" w:rsidRDefault="005C6B9E" w:rsidP="00BC58F6">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7594FFCF" w14:textId="5BA04B83" w:rsidR="00BC58F6" w:rsidRDefault="00BC58F6">
     <w:pPr>
       <w:pStyle w:val="stBilgi"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="17CCB386" wp14:editId="2F7DB7E2">
           <wp:extent cx="723900" cy="781050"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="855648062" name="Resim 1" descr="yazı tipi, metin, logo, grafik içeren bir resim&#10;&#10;Yapay zeka tarafından oluşturulmuş içerik yanlış olabilir."/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
@@ -2055,82 +2040,84 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="723900" cy="781050"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003A2899"/>
     <w:rsid w:val="000C1844"/>
     <w:rsid w:val="00135068"/>
     <w:rsid w:val="003A2899"/>
     <w:rsid w:val="0045287F"/>
+    <w:rsid w:val="005C6B9E"/>
+    <w:rsid w:val="00752679"/>
     <w:rsid w:val="00753FFE"/>
     <w:rsid w:val="00781BAD"/>
     <w:rsid w:val="008B1B13"/>
+    <w:rsid w:val="009F7A55"/>
     <w:rsid w:val="00B1198D"/>
     <w:rsid w:val="00BC58F6"/>
     <w:rsid w:val="00C4715A"/>
     <w:rsid w:val="00CC09CB"/>
     <w:rsid w:val="00D32FB4"/>
     <w:rsid w:val="00D629D3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="tr-TR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
@@ -2948,75 +2935,75 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>96</Words>
-  <Characters>543</Characters>
+  <Words>95</Words>
+  <Characters>544</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>181</Lines>
-  <Paragraphs>37</Paragraphs>
+  <Lines>4</Lines>
+  <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Konu Başlığı</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>T</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>602</CharactersWithSpaces>
+  <CharactersWithSpaces>638</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>T</dc:title>
   <dc:creator>Windows Xp</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2022-01-28T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>Microsoft® Word Microsoft 365 için</vt:lpwstr>
   </property>