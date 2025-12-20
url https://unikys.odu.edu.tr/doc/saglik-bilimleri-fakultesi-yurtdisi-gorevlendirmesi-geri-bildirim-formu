--- v0 (2025-11-03)
+++ v1 (2025-12-20)
@@ -7,131 +7,128 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="673E6717" w14:textId="77777777" w:rsidR="00A82564" w:rsidRDefault="00A82564"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="2872" w:type="pct"/>
         <w:tblInd w:w="5" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2223"/>
         <w:gridCol w:w="2238"/>
         <w:gridCol w:w="1075"/>
       </w:tblGrid>
       <w:tr w:rsidR="002870BE" w:rsidRPr="002870BE" w14:paraId="7E6C9C67" w14:textId="77777777" w:rsidTr="00F017B5">
         <w:trPr>
           <w:trHeight w:val="274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2008" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="734EA0ED" w14:textId="77777777" w:rsidR="002870BE" w:rsidRPr="002870BE" w:rsidRDefault="002870BE" w:rsidP="00F017B5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="tr-TR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2021" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="2A808761" w14:textId="77777777" w:rsidR="002870BE" w:rsidRPr="002870BE" w:rsidRDefault="002870BE" w:rsidP="002870BE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="tr-TR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="971" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="1FD661A4" w14:textId="77777777" w:rsidR="002870BE" w:rsidRPr="002870BE" w:rsidRDefault="002870BE" w:rsidP="002870BE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="tr-TR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="793EF7C0" w14:textId="77777777" w:rsidR="008843D9" w:rsidRPr="008843D9" w:rsidRDefault="008843D9" w:rsidP="008843D9">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana" w:cstheme="minorHAnsi"/>
@@ -179,259 +176,207 @@
       <w:tblGrid>
         <w:gridCol w:w="5375"/>
         <w:gridCol w:w="5540"/>
       </w:tblGrid>
       <w:tr w:rsidR="008843D9" w:rsidRPr="008843D9" w14:paraId="683B120F" w14:textId="77777777" w:rsidTr="008843D9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5375" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2480C127" w14:textId="77777777" w:rsidR="008843D9" w:rsidRPr="008843D9" w:rsidRDefault="008843D9" w:rsidP="008843D9">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Verdana" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="008843D9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Verdana" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Adı</w:t>
-[...23 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Adı, Soyadı</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5540" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7A7EA98A" w14:textId="77777777" w:rsidR="008843D9" w:rsidRPr="008843D9" w:rsidRDefault="008843D9" w:rsidP="008843D9">
             <w:pPr>
               <w:spacing w:before="240" w:after="240"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008843D9" w:rsidRPr="008843D9" w14:paraId="22CD4C9E" w14:textId="77777777" w:rsidTr="008843D9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5375" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3D30BE43" w14:textId="77777777" w:rsidR="008843D9" w:rsidRPr="008843D9" w:rsidRDefault="008843D9" w:rsidP="008843D9">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Verdana" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="008843D9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Verdana" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Unvanı</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5540" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="11FFF100" w14:textId="77777777" w:rsidR="008843D9" w:rsidRPr="008843D9" w:rsidRDefault="008843D9" w:rsidP="008843D9">
             <w:pPr>
               <w:spacing w:before="240" w:after="240"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008843D9" w:rsidRPr="008843D9" w14:paraId="51678ED5" w14:textId="77777777" w:rsidTr="008843D9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5375" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3901050B" w14:textId="77777777" w:rsidR="008843D9" w:rsidRPr="008843D9" w:rsidRDefault="008843D9" w:rsidP="008843D9">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Verdana" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="008843D9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Verdana" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Birimi</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5540" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="772B40F3" w14:textId="77777777" w:rsidR="008843D9" w:rsidRPr="008843D9" w:rsidRDefault="008843D9" w:rsidP="008843D9">
             <w:pPr>
               <w:spacing w:before="240" w:after="240"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008843D9" w:rsidRPr="008843D9" w14:paraId="59302B70" w14:textId="77777777" w:rsidTr="008843D9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5375" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0CDF523B" w14:textId="77777777" w:rsidR="008843D9" w:rsidRPr="008843D9" w:rsidRDefault="008843D9" w:rsidP="008843D9">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Verdana" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="008843D9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Verdana" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Görevin</w:t>
-[...23 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Görevin Kapsamı</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="6E625488" w14:textId="77777777" w:rsidR="008843D9" w:rsidRPr="008843D9" w:rsidRDefault="008843D9" w:rsidP="008843D9">
             <w:pPr>
               <w:spacing w:before="40" w:after="120"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Verdana" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008843D9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Verdana" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -450,855 +395,305 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008843D9" w:rsidRPr="008843D9" w14:paraId="3D6AAE62" w14:textId="77777777" w:rsidTr="008843D9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5375" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="27FF3B02" w14:textId="77777777" w:rsidR="008843D9" w:rsidRPr="008843D9" w:rsidRDefault="008843D9" w:rsidP="008843D9">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Verdana" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="008843D9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Verdana" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Görevlendirmenin</w:t>
-[...23 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Görevlendirmenin Türü</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5540" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="058794F8" w14:textId="77777777" w:rsidR="008843D9" w:rsidRPr="008843D9" w:rsidRDefault="008843D9" w:rsidP="008843D9">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008843D9" w:rsidRPr="008843D9" w14:paraId="0ECC0621" w14:textId="77777777" w:rsidTr="008843D9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5375" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="40B0B999" w14:textId="77777777" w:rsidR="008843D9" w:rsidRPr="008843D9" w:rsidRDefault="008843D9" w:rsidP="008843D9">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Verdana" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="008843D9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Verdana" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Görevin</w:t>
-[...89 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Görevin Yerine Getirildiği Ülke / Ülkeler</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5540" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="56CCEDCF" w14:textId="77777777" w:rsidR="008843D9" w:rsidRPr="008843D9" w:rsidRDefault="008843D9" w:rsidP="008843D9">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008843D9" w:rsidRPr="008843D9" w14:paraId="4E39C9EA" w14:textId="77777777" w:rsidTr="008843D9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5375" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4413D0FE" w14:textId="77777777" w:rsidR="008843D9" w:rsidRPr="008843D9" w:rsidRDefault="008843D9" w:rsidP="008843D9">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Verdana" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="008843D9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Verdana" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Görevlendirilme</w:t>
-[...120 lines deleted...]
-              <w:t>)</w:t>
+              <w:t>Görevlendirilme Süresi (Gidiş ve Dönüş Tarihleri)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5540" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4745722C" w14:textId="77777777" w:rsidR="008843D9" w:rsidRPr="008843D9" w:rsidRDefault="008843D9" w:rsidP="008843D9">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008843D9" w:rsidRPr="008843D9" w14:paraId="0FB57E43" w14:textId="77777777" w:rsidTr="008843D9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5375" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1A03FE3C" w14:textId="77777777" w:rsidR="008843D9" w:rsidRPr="008843D9" w:rsidRDefault="008843D9" w:rsidP="008843D9">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Verdana" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="008843D9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Verdana" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Yurtdışı</w:t>
-[...89 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Yurtdışı Seyahatini Destekleyen Kuruluş / Kuruluşlar</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5540" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="263D10AD" w14:textId="77777777" w:rsidR="008843D9" w:rsidRPr="008843D9" w:rsidRDefault="008843D9" w:rsidP="008843D9">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008843D9" w:rsidRPr="008843D9" w14:paraId="42548AF0" w14:textId="77777777" w:rsidTr="008843D9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5375" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="40B999C5" w14:textId="77777777" w:rsidR="008843D9" w:rsidRPr="008843D9" w:rsidRDefault="008843D9" w:rsidP="008843D9">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:before="240" w:after="240"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Verdana" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="008843D9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Verdana" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Görev</w:t>
-[...67 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Görev Süresince Yapılan Çalışmalar</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5540" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2B4CF4B5" w14:textId="77777777" w:rsidR="008843D9" w:rsidRPr="008843D9" w:rsidRDefault="008843D9" w:rsidP="008843D9">
             <w:pPr>
               <w:spacing w:before="240" w:after="240"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008843D9" w:rsidRPr="008843D9" w14:paraId="0C010D15" w14:textId="77777777" w:rsidTr="008843D9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5375" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4062E218" w14:textId="77777777" w:rsidR="008843D9" w:rsidRPr="008843D9" w:rsidRDefault="008843D9" w:rsidP="008843D9">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:before="240" w:after="240"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Verdana" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="008843D9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Verdana" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Yapılan</w:t>
-[...155 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Yapılan çalışmalardan/etkinliklerden elde edilen kazanımlar ve sonuç</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5540" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2C888272" w14:textId="77777777" w:rsidR="008843D9" w:rsidRPr="008843D9" w:rsidRDefault="008843D9" w:rsidP="008843D9">
             <w:pPr>
               <w:spacing w:before="240" w:after="240"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1F5FA4EA" w14:textId="77777777" w:rsidR="008843D9" w:rsidRPr="008843D9" w:rsidRDefault="008843D9" w:rsidP="008843D9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
@@ -1354,268 +749,236 @@
         <w:t xml:space="preserve"> İsteğe göre satırlar genişletilerek yazılabilir.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3DBFA585" w14:textId="77777777" w:rsidR="008843D9" w:rsidRPr="008843D9" w:rsidRDefault="008843D9" w:rsidP="008843D9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="PMingLiU" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7C3DA3A6" w14:textId="77777777" w:rsidR="008843D9" w:rsidRPr="008843D9" w:rsidRDefault="008843D9" w:rsidP="008843D9">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="7320"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008843D9">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Unvan</w:t>
+        <w:t>Unvan, Ad-Soyad</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...17 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="63BC0A51" w14:textId="77777777" w:rsidR="008843D9" w:rsidRPr="008843D9" w:rsidRDefault="008843D9" w:rsidP="008843D9">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="7320"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008843D9">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Tarih </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3FE4BEBC" w14:textId="55BD3658" w:rsidR="008843D9" w:rsidRPr="008843D9" w:rsidRDefault="008843D9" w:rsidP="008843D9">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="7320"/>
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008843D9">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">                     </w:t>
+        <w:t xml:space="preserve">                     İmza</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...8 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="45760F0F" w14:textId="77777777" w:rsidR="008843D9" w:rsidRPr="008843D9" w:rsidRDefault="008843D9" w:rsidP="008843D9">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="1" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3E688F7A" w14:textId="77777777" w:rsidR="009D45C3" w:rsidRDefault="009D45C3">
       <w:pPr>
         <w:ind w:firstLine="708"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="009D45C3" w:rsidSect="00F017B5">
       <w:headerReference w:type="even" r:id="rId7"/>
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="even" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:headerReference w:type="first" r:id="rId11"/>
       <w:footerReference w:type="first" r:id="rId12"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3C490D18" w14:textId="77777777" w:rsidR="000664D5" w:rsidRDefault="000664D5" w:rsidP="002870BE">
+    <w:p w14:paraId="5B2D7E96" w14:textId="77777777" w:rsidR="00A564CF" w:rsidRDefault="00A564CF" w:rsidP="002870BE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="595A8ED8" w14:textId="77777777" w:rsidR="000664D5" w:rsidRDefault="000664D5" w:rsidP="002870BE">
+    <w:p w14:paraId="6452FE7B" w14:textId="77777777" w:rsidR="00A564CF" w:rsidRDefault="00A564CF" w:rsidP="002870BE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Segoe UI Symbol">
     <w:altName w:val="Segoe UI Symbol"/>
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="8000006F" w:usb1="1200FBEF" w:usb2="0064C000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="A2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="PMingLiU">
     <w:altName w:val="新細明體"/>
-    <w:panose1 w:val="02020500000000000000"/>
+    <w:panose1 w:val="02010601000101010101"/>
     <w:charset w:val="88"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002FF" w:usb1="28CFFCFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A10006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2C364304" w14:textId="77777777" w:rsidR="00CA606C" w:rsidRDefault="00CA606C">
     <w:pPr>
       <w:pStyle w:val="AltBilgi"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-833759761"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
-    <w:sdtEndPr/>
     <w:sdtContent>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-1769616900"/>
           <w:docPartObj>
             <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
             <w:docPartUnique/>
           </w:docPartObj>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:p w14:paraId="1AE2CB73" w14:textId="299A5374" w:rsidR="00602FF0" w:rsidRDefault="00A82564" w:rsidP="00A82564">
+          <w:p w14:paraId="1AE2CB73" w14:textId="0DDD3A94" w:rsidR="00602FF0" w:rsidRDefault="00A82564" w:rsidP="00A82564">
             <w:pPr>
               <w:pStyle w:val="AltBilgi"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4536"/>
                 <w:tab w:val="clear" w:pos="9072"/>
                 <w:tab w:val="left" w:pos="13065"/>
               </w:tabs>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00672593">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:noProof/>
                 <w:lang w:eastAsia="tr-TR"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
                     <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="424A31FA" wp14:editId="6AAD902D">
@@ -1643,242 +1006,238 @@
                               <a:prstGeom prst="line">
                                 <a:avLst/>
                               </a:prstGeom>
                             </wps:spPr>
                             <wps:style>
                               <a:lnRef idx="1">
                                 <a:schemeClr val="dk1"/>
                               </a:lnRef>
                               <a:fillRef idx="0">
                                 <a:schemeClr val="dk1"/>
                               </a:fillRef>
                               <a:effectRef idx="0">
                                 <a:schemeClr val="dk1"/>
                               </a:effectRef>
                               <a:fontRef idx="minor">
                                 <a:schemeClr val="tx1"/>
                               </a:fontRef>
                             </wps:style>
                             <wps:bodyPr/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex">
+                <mc:Fallback>
                   <w:pict>
                     <v:line w14:anchorId="09800A09" id="Düz Bağlayıcı 1" o:spid="_x0000_s1026" style="position:absolute;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" from="-5.6pt,-22.2pt" to="707.65pt,-22.2pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA2db91mQEAAIgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/06SVFpao6T7sCl4Q&#10;rLh8gNcZNxa2xxqbJv17xm6bIkAIIV4cX845M2dmsr2bvRMHoGQx9HK9aqWAoHGwYd/LL5/fvLiV&#10;ImUVBuUwQC+PkOTd7vmz7RQ72OCIbgASLBJSN8VejjnHrmmSHsGrtMIIgR8NkleZj7RvBlITq3vX&#10;bNr2ZTMhDZFQQ0p8+3B6lLuqbwzo/MGYBFm4XnJuua5U16eyNrut6vak4mj1OQ31D1l4ZQMHXaQe&#10;VFbiG9lfpLzVhAlNXmn0DRpjNVQP7Gbd/uTm06giVC9cnBSXMqX/J6vfH+7DI3EZppi6FB+puJgN&#10;+fLl/MRci3VcigVzFpovX7c3t5tXN1Loy1tzJUZK+S2gF2XTS2dD8aE6dXiXMgdj6AXCh2voustH&#10;BwXswkcwwg4cbF3ZdSrg3pE4KO7n8HVd+sdaFVkoxjq3kNo/k87YQoM6KX9LXNA1Ioa8EL0NSL+L&#10;mudLquaEv7g+eS22n3A41kbUcnC7q7PzaJZ5+vFc6dcfaPcdAAD//wMAUEsDBBQABgAIAAAAIQBa&#10;2JfM3gAAAAwBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9dS8MwFIbvBf9DOIJ3W9pah9SmYwxEvJGt&#10;0/usOWuryUlJ0q7+ezMY6N35eHjPc8r1bDSb0PnekoB0mQBDaqzqqRXwcXhZPAHzQZKS2hIK+EEP&#10;6+r2ppSFsmfa41SHlsUQ8oUU0IUwFJz7pkMj/dIOSHF3ss7IEFvXcuXkOYYbzbMkWXEje4oXOjng&#10;tsPmux6NAP3mps922278+Lpf1V+7U/Z+mIS4v5s3z8ACzuEPhot+VIcqOh3tSMozLWCRpllEY5Hn&#10;ObALkaePD8CO1xGvSv7/ieoXAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEANnW/dZkBAACI&#10;AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAWtiXzN4A&#10;AAAMAQAADwAAAAAAAAAAAAAAAADzAwAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAP4E&#10;AAAAAA==&#10;" strokecolor="black [3200]" strokeweight=".5pt">
                       <v:stroke joinstyle="miter"/>
                     </v:line>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidR="00672593">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>PP</w:t>
             </w:r>
             <w:r w:rsidR="00CA606C">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="000E577B" w:rsidRPr="00672593">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="00672593">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>.2</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidR="00913FEF">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00260B9E" w:rsidRPr="00672593">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>F</w:t>
             </w:r>
             <w:r w:rsidR="000E577B" w:rsidRPr="00672593">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>R.00</w:t>
             </w:r>
             <w:r w:rsidR="00CA606C">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
             <w:r w:rsidR="00260B9E" w:rsidRPr="00672593">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="0056087A" w:rsidRPr="00672593">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidR="0056087A">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t xml:space="preserve"> R0, </w:t>
             </w:r>
-            <w:r w:rsidR="009959FB">
+            <w:r w:rsidR="00D535CE">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
-              <w:t xml:space="preserve">Mayıs </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="0056087A">
+              <w:t>Aralık</w:t>
+            </w:r>
+            <w:r w:rsidR="009959FB">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
-              <w:t>2025</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00C1432B">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0056087A">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
-              <w:t xml:space="preserve">  </w:t>
-[...2 lines deleted...]
-            <w:bookmarkEnd w:id="0"/>
+              <w:t>2025</w:t>
+            </w:r>
             <w:r w:rsidR="00C1432B">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
-              <w:t xml:space="preserve">                                                                                                                    </w:t>
+              <w:t xml:space="preserve">                                                                                                                      </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">Sayfa </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:instrText>PAGE</w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00CA606C">
+            <w:r w:rsidR="00017E3C">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> / </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:instrText>NUMPAGES</w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00CA606C">
+            <w:r w:rsidR="00017E3C">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="7EFAB289" w14:textId="77777777" w:rsidR="00602FF0" w:rsidRDefault="00602FF0" w:rsidP="00A82564">
             <w:pPr>
               <w:pStyle w:val="AltBilgi"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4536"/>
                 <w:tab w:val="clear" w:pos="9072"/>
                 <w:tab w:val="left" w:pos="13065"/>
               </w:tabs>
@@ -1889,118 +1248,118 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="771E7B88" w14:textId="77777777" w:rsidR="00602FF0" w:rsidRPr="00602FF0" w:rsidRDefault="00602FF0" w:rsidP="00602FF0">
             <w:pPr>
               <w:pStyle w:val="AltBilgi"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4536"/>
                 <w:tab w:val="clear" w:pos="9072"/>
                 <w:tab w:val="left" w:pos="13065"/>
               </w:tabs>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00602FF0">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>Bu dokümanın basılı hâli kontrolsüz doküman kabul edilmektedir. Lütfen web sitesinden en son versiyonuna ulaşınız</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="295AD70D" w14:textId="70F4EB7B" w:rsidR="00A82564" w:rsidRPr="00602FF0" w:rsidRDefault="000664D5" w:rsidP="00A82564">
+          <w:p w14:paraId="295AD70D" w14:textId="70F4EB7B" w:rsidR="00A82564" w:rsidRPr="00602FF0" w:rsidRDefault="00000000" w:rsidP="00A82564">
             <w:pPr>
               <w:pStyle w:val="AltBilgi"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4536"/>
                 <w:tab w:val="clear" w:pos="9072"/>
                 <w:tab w:val="left" w:pos="13065"/>
               </w:tabs>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:sdtContent>
       </w:sdt>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7349DC0A" w14:textId="77777777" w:rsidR="00CA606C" w:rsidRDefault="00CA606C">
     <w:pPr>
       <w:pStyle w:val="AltBilgi"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0860E385" w14:textId="77777777" w:rsidR="000664D5" w:rsidRDefault="000664D5" w:rsidP="002870BE">
+    <w:p w14:paraId="1F47CAD3" w14:textId="77777777" w:rsidR="00A564CF" w:rsidRDefault="00A564CF" w:rsidP="002870BE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="44AC4B67" w14:textId="77777777" w:rsidR="000664D5" w:rsidRDefault="000664D5" w:rsidP="002870BE">
+    <w:p w14:paraId="56D98500" w14:textId="77777777" w:rsidR="00A564CF" w:rsidRDefault="00A564CF" w:rsidP="002870BE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="682478B6" w14:textId="77777777" w:rsidR="00CA606C" w:rsidRDefault="00CA606C">
     <w:pPr>
       <w:pStyle w:val="stBilgi"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="06CBA5AD" w14:textId="579669AA" w:rsidR="00A82564" w:rsidRPr="00A82564" w:rsidRDefault="00A82564" w:rsidP="00A82564">
     <w:pPr>
       <w:pStyle w:val="stBilgi"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00A82564">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:noProof/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
         <w:lang w:eastAsia="tr-TR"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="70F6F2CA" wp14:editId="58B70541">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>-358140</wp:posOffset>
@@ -2125,61 +1484,61 @@
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>YURTDIŞI GÖREVLENDİRMESİ GERİBİLDİRİM FORMU</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="2538462D" w14:textId="4563BD58" w:rsidR="00824CE3" w:rsidRPr="00A82564" w:rsidRDefault="00824CE3" w:rsidP="00F017B5">
     <w:pPr>
       <w:pStyle w:val="stBilgi"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2CF6E0C5" w14:textId="77777777" w:rsidR="00CA606C" w:rsidRDefault="00CA606C">
     <w:pPr>
       <w:pStyle w:val="stBilgi"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="16C77E62"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="494E992A"/>
     <w:lvl w:ilvl="0" w:tplc="DCCE5CDA">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="☐"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="369" w:hanging="269"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol" w:hint="default"/>
         <w:w w:val="100"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="tr-TR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="A874FE6A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="☐"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="698" w:hanging="267"/>
@@ -2341,180 +1700,185 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041F0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041F001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1765609679">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="61803774">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002870BE"/>
     <w:rsid w:val="00002080"/>
+    <w:rsid w:val="00017E3C"/>
     <w:rsid w:val="000664D5"/>
     <w:rsid w:val="00087D4B"/>
     <w:rsid w:val="000E577B"/>
     <w:rsid w:val="00181C1C"/>
     <w:rsid w:val="00260B9E"/>
     <w:rsid w:val="00277018"/>
     <w:rsid w:val="002870BE"/>
     <w:rsid w:val="002E0E07"/>
     <w:rsid w:val="002E7941"/>
     <w:rsid w:val="0035420F"/>
     <w:rsid w:val="003E0D16"/>
     <w:rsid w:val="00475220"/>
     <w:rsid w:val="005037C7"/>
     <w:rsid w:val="00547F1C"/>
     <w:rsid w:val="0056087A"/>
     <w:rsid w:val="005E2B6A"/>
     <w:rsid w:val="00602FF0"/>
     <w:rsid w:val="00672593"/>
     <w:rsid w:val="00687B10"/>
     <w:rsid w:val="006B3311"/>
     <w:rsid w:val="00731B0E"/>
     <w:rsid w:val="00824CE3"/>
     <w:rsid w:val="008843D9"/>
+    <w:rsid w:val="008D6D45"/>
     <w:rsid w:val="008F05A8"/>
     <w:rsid w:val="008F7F28"/>
     <w:rsid w:val="00913FEF"/>
     <w:rsid w:val="009959FB"/>
     <w:rsid w:val="009B0151"/>
     <w:rsid w:val="009D45C3"/>
     <w:rsid w:val="009E0E69"/>
     <w:rsid w:val="009E65DE"/>
+    <w:rsid w:val="00A564CF"/>
     <w:rsid w:val="00A82564"/>
+    <w:rsid w:val="00B10A81"/>
     <w:rsid w:val="00B44F56"/>
     <w:rsid w:val="00B529AB"/>
     <w:rsid w:val="00C1432B"/>
     <w:rsid w:val="00CA606C"/>
     <w:rsid w:val="00D16E7F"/>
     <w:rsid w:val="00D51228"/>
+    <w:rsid w:val="00D535CE"/>
     <w:rsid w:val="00EB33D3"/>
     <w:rsid w:val="00ED4B88"/>
     <w:rsid w:val="00F017B5"/>
     <w:rsid w:val="00FC1A8D"/>
     <w:rsid w:val="00FC792F"/>
     <w:rsid w:val="00FD34CE"/>
     <w:rsid w:val="00FF2A3F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="tr-TR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="5C2B7B3A"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{FB418F5F-90CC-4F6F-A4ED-1F1BCD0983FE}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="tr-TR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -2842,50 +2206,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="002870BE"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="VarsaylanParagrafYazTipi">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="NormalTablo">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
@@ -3015,51 +2384,51 @@
     <w:basedOn w:val="NormalTablo"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="008843D9"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="PMingLiU" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="244460148">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1330669159">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>